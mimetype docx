--- v0 (2025-10-03)
+++ v1 (2026-02-07)
@@ -1,308 +1,318 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="44C17AB0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00583A46">
+    <w:p w14:paraId="44C17AB0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>XXXXXXXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D8C90B9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="4D8C90B9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2498DA6E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="2498DA6E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MEMORANDO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170083E8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="170083E8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09D11BE0" w14:textId="77777777" w:rsidR="00D7792D" w:rsidRPr="00712975" w:rsidRDefault="00D7792D" w:rsidP="00583A46">
+    <w:p w14:paraId="3AA4015A" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36270384" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="36270384" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PARA</w:t>
       </w:r>
       <w:r w:rsidR="002514DF" w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002514DF" w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BEC010" w14:textId="244CF68B" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="004D2DA4" w:rsidP="002514DF">
+    <w:p w14:paraId="11BEC010" w14:textId="244CF68B" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="004D2DA4" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="567" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jefe División Servicios Administrativos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DDAE8DF" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="5DDAE8DF" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3224A2A8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="3224A2A8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DE:</w:t>
       </w:r>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Secretaría Académica </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4280D33C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="4280D33C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Facultad XXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63347438" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="63347438" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E5B76DC" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="002514DF">
+    <w:p w14:paraId="6E5B76DC" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FECHA:</w:t>
       </w:r>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Villavicencio, XXXX de XXXXX de 201X</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EBD30D" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00583A46">
+    <w:p w14:paraId="45EBD30D" w14:textId="77777777" w:rsidR="002514DF" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="030C80C1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="002514DF">
+    <w:p w14:paraId="3C00D48B" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030C80C1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASUNTO:</w:t>
       </w:r>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -315,490 +325,178 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Solicitud Profesor </w:t>
       </w:r>
       <w:r w:rsidR="00583A46" w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidR="00583A46" w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, docente TC como catedrático</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B4163A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="11B4163A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44C565B2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="44C565B2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63DB381A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="63DB381A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Cordial saludo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C042080" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00583A46">
+    <w:p w14:paraId="6C042080" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="755FAD48" w14:textId="3B60E663" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00970DA9" w:rsidP="00583A46">
-      <w:pPr>
+    <w:p w14:paraId="57AAF080" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="00B338CD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-MX"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00712975">
+      <w:r w:rsidRPr="00B338CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-MX"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">En el marco de la ejecución del cronograma de </w:t>
+        <w:t>En el marco de la ejecución del cronograma de la planeación académica y una vez asignadas las responsabilidades académicas a los profesores de planta (según Resolución de Facultad N.° ________), a los docentes ocasionales (según Resolución de Facultad N.° ________) y a los catedráticos disponibles (según Resolución de Facultad N.° ________, con revisión de perfiles en el Banco de Datos de la Oficina de Asuntos Docentes, consulta realizada el día ________), y teniendo en cuenta el parágrafo 2 del artículo 59 del Acuerdo Superior N.° 013 de 2014, el Consejo de Facultad de Ciencias XXXXXXXXXXX, en Sesión XXX N.° XX del día ___ de _______ de 20XX, avaló la solicitud presentada por el Director de la Escuela de XXXXX para que el profesor XXX, docente de tiempo completo, preste sus servicios como docente por hora cátedra.</w:t>
       </w:r>
-      <w:r w:rsidR="00583A46" w:rsidRPr="00712975">
+    </w:p>
+    <w:p w14:paraId="2722EF2E" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-MX"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">la planeación académica </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00712975">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D9442D" w14:textId="74DB9653" w:rsidR="00B338CD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-MX"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>y una vez asignadas la</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF6B02" w:rsidRPr="00712975">
+      </w:pPr>
+      <w:r w:rsidRPr="00B338CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-MX"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>Lo anterior, una vez verificado el cumplimiento del perfil requerido para el desarrollo del o los cursos que a continuación se relacionan:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00712975">
+    </w:p>
+    <w:p w14:paraId="5231F561" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00B338CD" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-MX"/>
-[...298 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="574B20E9" w14:textId="0F732707" w:rsidR="00583A46" w:rsidRPr="001C3518" w:rsidRDefault="00583A46" w:rsidP="00BB2243">
-[...26 lines deleted...]
-    <w:p w14:paraId="1DA557CE" w14:textId="6E292F75" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="004641AA" w:rsidP="001C3518">
+    <w:p w14:paraId="1DA557CE" w14:textId="6E292F75" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="004641AA" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
@@ -836,4594 +534,4903 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>docente:</w:t>
       </w:r>
       <w:r w:rsidR="001C3518" w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="920"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="650"/>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="608"/>
+        <w:gridCol w:w="687"/>
+        <w:gridCol w:w="835"/>
+        <w:gridCol w:w="499"/>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="1441"/>
+        <w:gridCol w:w="806"/>
+        <w:gridCol w:w="956"/>
+        <w:gridCol w:w="264"/>
+        <w:gridCol w:w="1035"/>
+        <w:gridCol w:w="747"/>
+        <w:gridCol w:w="647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="09557792" w14:textId="77777777" w:rsidTr="009D2E28">
+      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="09557792" w14:textId="77777777" w:rsidTr="00D30816">
         <w:trPr>
           <w:trHeight w:val="526"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="pct"/>
+            <w:tcW w:w="455" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B26437D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="6B26437D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="pct"/>
+            <w:tcW w:w="352" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35F80174" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="35F80174" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Curso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
+            <w:tcW w:w="342" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="065CA07A" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="065CA07A" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Código</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="pct"/>
+            <w:tcW w:w="415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A8519ED" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="2A8519ED" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Semestre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="pct"/>
+            <w:tcW w:w="248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F405604" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="4F405604" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tipo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7230A4C7" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="7230A4C7" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Área</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="pct"/>
+            <w:tcW w:w="717" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2E5184" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="4F2E5184" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Créditos o Horas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="pct"/>
+            <w:tcW w:w="401" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EFA0C18" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="3EFA0C18" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relación</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19AED814" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="19AED814" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>t.d:t.i</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="351" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63A42532" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="63A42532" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Grupo No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="185" w:type="pct"/>
+            <w:tcW w:w="131" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B33D644" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="2B33D644" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>c. e.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="310" w:type="pct"/>
+            <w:tcW w:w="515" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EAFC624" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="7EAFC624" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>h.d</w:t>
+              <w:t>h.d Semana</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00712975">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3851524F" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...22 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="es-ES"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00712975">
+              </w:rPr>
+              <w:t>h.t. Semana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="321" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22CF64A9" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...22 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="es-ES"/>
-[...11 lines deleted...]
-              <w:t>h.c</w:t>
+              </w:rPr>
+              <w:t>h.c semes-tre</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="59A56F4F" w14:textId="77777777" w:rsidTr="009D2E28">
+      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="59A56F4F" w14:textId="77777777" w:rsidTr="00D30816">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="pct"/>
+            <w:tcW w:w="455" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ED8DD27" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="2ED8DD27" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="pct"/>
+            <w:tcW w:w="352" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50A8F516" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="50A8F516" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
+            <w:tcW w:w="342" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CCF379D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="354" w:type="pct"/>
+          <w:p w14:paraId="7CCF379D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34956E15" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="34956E15" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="pct"/>
+            <w:tcW w:w="248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63ACF2C5" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="282" w:type="pct"/>
+          <w:p w14:paraId="63ACF2C5" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CEA52EB" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="7CEA52EB" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="pct"/>
+            <w:tcW w:w="717" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="447BFC07" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="447BFC07" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="pct"/>
+            <w:tcW w:w="401" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63807FB8" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="351" w:type="pct"/>
+          <w:p w14:paraId="63807FB8" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53B09441" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="185" w:type="pct"/>
+          <w:p w14:paraId="53B09441" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="131" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3834565C" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="310" w:type="pct"/>
+          <w:p w14:paraId="3834565C" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE1CB9B" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="317" w:type="pct"/>
+          <w:p w14:paraId="4AE1CB9B" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="534CDE63" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="404" w:type="pct"/>
+          <w:p w14:paraId="534CDE63" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="321" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46FC5714" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="46FC5714" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="5A4239BD" w14:textId="77777777" w:rsidTr="009D2E28">
+      <w:tr w:rsidR="00D30816" w:rsidRPr="00712975" w14:paraId="4FC0FEE9" w14:textId="77777777" w:rsidTr="00D30816">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="pct"/>
+            <w:tcW w:w="455" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3AAC09C2" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          </w:tcPr>
+          <w:p w14:paraId="4815EB5E" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="pct"/>
+            <w:tcW w:w="352" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74FF2C11" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          </w:tcPr>
+          <w:p w14:paraId="0BF33FC8" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
+            <w:tcW w:w="342" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C4A8B26" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...27 lines deleted...]
-          <w:p w14:paraId="52C91E20" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="0DE28BD7" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="471B62B7" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="pct"/>
+            <w:tcW w:w="248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08958C11" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="282" w:type="pct"/>
+          <w:p w14:paraId="00A6D562" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6C2B24DE" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          </w:tcPr>
+          <w:p w14:paraId="1B54CE58" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="pct"/>
+            <w:tcW w:w="717" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E32376F" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          </w:tcPr>
+          <w:p w14:paraId="1F7CD339" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="pct"/>
+            <w:tcW w:w="401" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77856E9E" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="351" w:type="pct"/>
+          <w:p w14:paraId="12BFFB1A" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A10D7EA" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="131" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F1A6AC" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="185" w:type="pct"/>
+          <w:p w14:paraId="23382ECC" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5593F750" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="310" w:type="pct"/>
+          <w:p w14:paraId="3D6810CA" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2883A84F" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="317" w:type="pct"/>
+          <w:p w14:paraId="5C58F690" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="321" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDC95EB" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...27 lines deleted...]
-          <w:p w14:paraId="7270538D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="5BF7E2B4" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="6CBF03DF" w14:textId="77777777" w:rsidTr="009D2E28">
+      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="5A4239BD" w14:textId="77777777" w:rsidTr="00D30816">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="657" w:type="pct"/>
+            <w:tcW w:w="455" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39ADE8B1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="3AAC09C2" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="pct"/>
+            <w:tcW w:w="352" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FC4B0C1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="74FF2C11" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
+            <w:tcW w:w="342" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17BDCFE1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="354" w:type="pct"/>
+          <w:p w14:paraId="7C4A8B26" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67DCB690" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="52C91E20" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="282" w:type="pct"/>
+            <w:tcW w:w="248" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1954ABA0" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="282" w:type="pct"/>
+          <w:p w14:paraId="08958C11" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6048CF85" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="6C2B24DE" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="350" w:type="pct"/>
+            <w:tcW w:w="717" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="644E1C92" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="4E32376F" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="351" w:type="pct"/>
+            <w:tcW w:w="401" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23AB0587" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="351" w:type="pct"/>
+          <w:p w14:paraId="77856E9E" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72FFC283" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="185" w:type="pct"/>
+          <w:p w14:paraId="54F1A6AC" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="131" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D61DD0" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="310" w:type="pct"/>
+          <w:p w14:paraId="5593F750" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2942A914" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="317" w:type="pct"/>
+          <w:p w14:paraId="2883A84F" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5D290C" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
-[...13 lines deleted...]
-            <w:tcW w:w="404" w:type="pct"/>
+          <w:p w14:paraId="5DDC95EB" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="321" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79FCA7D1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="7270538D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="70FA7154" w14:textId="77777777" w:rsidTr="009D2E28">
+      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="6CBF03DF" w14:textId="77777777" w:rsidTr="00D30816">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4596" w:type="pct"/>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39ADE8B1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="352" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC4B0C1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BDCFE1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67DCB690" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="248" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1954ABA0" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6048CF85" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="717" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="644E1C92" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="401" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AB0587" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FFC283" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="131" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D61DD0" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2942A914" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="371" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5D290C" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="321" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:top w:w="28" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FCA7D1" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C3518" w:rsidRPr="00712975" w14:paraId="70FA7154" w14:textId="77777777" w:rsidTr="00D30816">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4679" w:type="pct"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77046118" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="77046118" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TOTAL HORAS CÁTEDRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcW w:w="321" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0DC2E3" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="009D2E28">
+          <w:p w14:paraId="7E0DC2E3" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C66E9D7" w14:textId="332595C1" w:rsidR="001C3518" w:rsidRDefault="001C3518" w:rsidP="002514DF">
+    <w:p w14:paraId="433D64D0" w14:textId="77777777" w:rsidR="00D30816" w:rsidRDefault="00D30816" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A87F8C" w14:textId="4FAD00D2" w:rsidR="001C3518" w:rsidRDefault="001C3518" w:rsidP="001C3518">
+    <w:p w14:paraId="25A87F8C" w14:textId="293722C3" w:rsidR="001C3518" w:rsidRDefault="001C3518" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>La jornada laboral y plan de trabajo (acción) como docente TC, presentado por la Unidad Académica respectiva al Consejo de Facultad de Ciencias XXX, es la siguiente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA18C7D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="001C3518">
+    <w:p w14:paraId="3EA18C7D" w14:textId="77777777" w:rsidR="001C3518" w:rsidRPr="00712975" w:rsidRDefault="001C3518" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:ind w:left="720"/>
+        <w:spacing w:line="100" w:lineRule="exact"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1217"/>
+        <w:gridCol w:w="837"/>
+        <w:gridCol w:w="1478"/>
+        <w:gridCol w:w="1678"/>
+        <w:gridCol w:w="1662"/>
+        <w:gridCol w:w="1656"/>
+        <w:gridCol w:w="1452"/>
+        <w:gridCol w:w="1199"/>
       </w:tblGrid>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="15D6F606" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B3D82D5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6B3D82D5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>HORA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31D11D7D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="31D11D7D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>LUNES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E6524D8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3E6524D8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MARTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4943438A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4943438A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MIERCOLES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3482F381" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3482F381" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>JUEVES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EC464B2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1EC464B2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VIERNES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F57C96B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6F57C96B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SÁBADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="70CE0155" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72A90A3C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="72A90A3C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FA99A1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="59FA99A1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE49CD0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7DE49CD0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4660C3E9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4660C3E9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09488E4D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="09488E4D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F87CC7B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3F87CC7B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57BC607A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="57BC607A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="57C49896" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A1611FE" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2A1611FE" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBCF758" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2BBCF758" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B69BC0B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0B69BC0B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725FBA00" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="725FBA00" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6F8131" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5D6F8131" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19BC23EC" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="19BC23EC" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BAD685" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="61BAD685" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="5701B5D8" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C1E9E64" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2C1E9E64" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DAF2B62" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2DAF2B62" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34202C43" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="34202C43" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="514EE220" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="514EE220" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A45D305" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5A45D305" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43BD4826" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="43BD4826" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F85B1C5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4F85B1C5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="646FEFAB" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77AA1328" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="77AA1328" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52ADD0C1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="52ADD0C1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="712E5341" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="712E5341" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="193CC7F9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="193CC7F9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD0498A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4BD0498A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10A201D0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="10A201D0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="322C3166" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="322C3166" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="6A01016B" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="354A5641" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="354A5641" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDBBB00" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7FDBBB00" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA1E277" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2BA1E277" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C79C59F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7C79C59F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="669F4F28" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="669F4F28" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08ACAF0A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="08ACAF0A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C3CF9F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="63C3CF9F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="4DD6CF76" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43A04CF9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="43A04CF9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B5C3E5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="77B5C3E5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1329276C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1329276C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CDA1E32" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2CDA1E32" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46C53456" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="46C53456" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1675AEB9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1675AEB9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBC9CC4" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3BBC9CC4" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="40C29291" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E1CDEA" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="44E1CDEA" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A56100" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="25A56100" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5487126B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5487126B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDA6F68" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5CDA6F68" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F0CF22" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="42F0CF22" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4729D6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2B4729D6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="641CD274" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="641CD274" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="42F8AD56" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="037DAA22" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="037DAA22" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06F48B95" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="06F48B95" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9B9391" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6E9B9391" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6179039B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6179039B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8C3ABB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7A8C3ABB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70B60793" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="70B60793" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="124D851F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="124D851F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="474940D5" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="591E8320" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="591E8320" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02993606" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="02993606" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABA3E06" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4ABA3E06" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65EA4EB6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="65EA4EB6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DA877D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="68DA877D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="228CAB6A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="228CAB6A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0998D5A8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0998D5A8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="453DBA93" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60490B10" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="60490B10" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3A3CED" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6D3A3CED" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E404150" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6E404150" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32168596" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="32168596" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="250F9825" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="250F9825" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624C964F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="624C964F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2F50DB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2F2F50DB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="154055B0" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C2B6B26" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6C2B6B26" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58BA7129" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="58BA7129" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03942284" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="03942284" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64FCD5A7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="64FCD5A7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="529D4E3E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="529D4E3E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77CF93E9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="77CF93E9" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="716A475B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="716A475B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="2EECE3CC" w14:textId="77777777" w:rsidTr="004641AA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6023FC81" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6023FC81" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F9ACA36" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5F9ACA36" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="504C624B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="504C624B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="834" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D63A792" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1D63A792" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="831" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13205B17" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="13205B17" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="729" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B534D08" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5B534D08" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="602" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25BF1748" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="25BF1748" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34026705" w14:textId="6BE262F0" w:rsidR="00583A46" w:rsidRDefault="00583A46" w:rsidP="002D3D87">
+    <w:p w14:paraId="66FA93A3" w14:textId="77777777" w:rsidR="004641AA" w:rsidRPr="00712975" w:rsidRDefault="004641AA" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:line="160" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66FA93A3" w14:textId="77777777" w:rsidR="004641AA" w:rsidRPr="00712975" w:rsidRDefault="004641AA" w:rsidP="002D3D87">
-[...14 lines deleted...]
-    <w:p w14:paraId="69080F36" w14:textId="07C6D0FC" w:rsidR="00583A46" w:rsidRPr="004641AA" w:rsidRDefault="001C3518" w:rsidP="006D019D">
+    <w:p w14:paraId="69080F36" w14:textId="07C6D0FC" w:rsidR="00583A46" w:rsidRPr="004641AA" w:rsidRDefault="001C3518" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:line="160" w:lineRule="exact"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004641AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00583A46" w:rsidRPr="004641AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
@@ -5480,2717 +5487,2727 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>fuera de la jornada laboral)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="804"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="800"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1717"/>
+        <w:gridCol w:w="1601"/>
+        <w:gridCol w:w="1712"/>
+        <w:gridCol w:w="1441"/>
+        <w:gridCol w:w="1161"/>
       </w:tblGrid>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="0C8C2E87" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="457"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="753C67D3" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="753C67D3" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>HORA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2968085C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2968085C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>LUNES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17156AE5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="17156AE5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MARTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BB292E2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2BB292E2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MIERCOLES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CB9AAB6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7CB9AAB6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>JUEVES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79D6F44F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="79D6F44F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VIERNES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="466785FE" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="466785FE" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SÁBADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="7FA69E46" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78E1AEEE" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="78E1AEEE" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0500E204" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0500E204" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DEB692E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0DEB692E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B2EC641" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1B2EC641" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C787C75" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6C787C75" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="654B9454" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="654B9454" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F865639" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1F865639" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="540EB426" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="82"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3612CDE7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3612CDE7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A71F51B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0A71F51B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D4CCA6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="50D4CCA6" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBBCCDB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0EBBCCDB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55AEAB26" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="55AEAB26" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28E8B67C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="28E8B67C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02AD792F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="02AD792F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="0E9745E8" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5321F8DD" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5321F8DD" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="595505B5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="595505B5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC8DF46" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2DC8DF46" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2A5733" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0E2A5733" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0960000B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0960000B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42EE6888" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="42EE6888" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F2D0EA2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4F2D0EA2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="757CBAB2" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C617BB8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5C617BB8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22D422A7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="22D422A7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F422E38" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3F422E38" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F3F41B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="68F3F41B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E8A0DF" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="71E8A0DF" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04708EE4" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="04708EE4" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D266850" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6D266850" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="1F2FBBA4" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="82"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D1345C2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4D1345C2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7768107F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7768107F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E4DBCFD" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6E4DBCFD" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375822A2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="375822A2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3569E8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4B3569E8" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2CC6F1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5B2CC6F1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD8E756" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5FD8E756" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="11D87AF1" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="053E3D8D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="053E3D8D" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCBFBD3" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3FCBFBD3" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F88B0F0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0F88B0F0" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F88E27" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="09F88E27" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F723308" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1F723308" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1C6A9B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7B1C6A9B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C32BF10" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0C32BF10" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="36D3F0B2" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38F136E2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="38F136E2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D352F2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="18D352F2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E21D564" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7E21D564" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73046878" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="73046878" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28A946" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0B28A946" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31F2A8A4" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="31F2A8A4" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453C569F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="453C569F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="0E5A04F5" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC5BBD2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7BC5BBD2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC35B5A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6BC35B5A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40947379" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="40947379" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A1EB277" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1A1EB277" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B139FA" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="26B139FA" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7809EEE1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7809EEE1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="301E1D62" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="301E1D62" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="6B3721E1" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E7CE201" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2E7CE201" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07F70048" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="07F70048" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D27B50" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="29D27B50" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD16589" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="0AD16589" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E30F876" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="1E30F876" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B8897A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="57B8897A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7EF984" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5D7EF984" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="645F9C59" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="82"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D1BA847" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3D1BA847" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6913893A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="6913893A" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D846351" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="2D846351" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE2EDD2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4AE2EDD2" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECA717E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7ECA717E" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3770F7AB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="3770F7AB" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03DA2F92" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="03DA2F92" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="4E5CBE90" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42FDF7E5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="42FDF7E5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="241BE5CF" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="241BE5CF" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4BF2F7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="5D4BF2F7" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45B4D37C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="45B4D37C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45220926" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="45220926" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C5CD1F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="45C5CD1F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="505B01B1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="505B01B1" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583A46" w:rsidRPr="00712975" w14:paraId="50A3901D" w14:textId="77777777" w:rsidTr="00C824F7">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="397" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57077D4B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="57077D4B" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555E7E10" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="555E7E10" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25170128" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="25170128" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E943119" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="7E943119" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="162C768F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="162C768F" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42CD03C5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="42CD03C5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1682C5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46">
+          <w:p w14:paraId="4E1682C5" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01067D18" w14:textId="4CCA3AE8" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00C824F7" w:rsidP="002D3D87">
+    <w:p w14:paraId="3261FD65" w14:textId="77777777" w:rsidR="00D30816" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01067D18" w14:textId="3A002396" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00C824F7" w:rsidP="00D30816">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00674F1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lo anterior para que el (la) docente en mención, </w:t>
       </w:r>
       <w:r w:rsidRPr="00462A53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sea habilitado(a) como docente catedrático en el sistema </w:t>
       </w:r>
@@ -8200,776 +8217,1414 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de información</w:t>
       </w:r>
       <w:r w:rsidRPr="00462A53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, en la Escuela xxx de la Facultad de Ciencias XXXXXXXXXXX</w:t>
       </w:r>
       <w:r w:rsidR="00583A46" w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F9A17C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="002D3D87">
+    <w:p w14:paraId="70F9A17C" w14:textId="77777777" w:rsidR="00583A46" w:rsidRPr="00712975" w:rsidRDefault="00583A46" w:rsidP="00D30816">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33B512DA" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="002514DF">
+    <w:p w14:paraId="33B512DA" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00712975">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cordialmente;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A0FD80" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="002514DF">
+    <w:p w14:paraId="44A0FD80" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F29FC33" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="002514DF">
+    <w:p w14:paraId="6F29FC33" w14:textId="77777777" w:rsidR="002514DF" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38BD3587" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="002514DF">
+    <w:p w14:paraId="456F43F3" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00712975" w:rsidRDefault="00D30816" w:rsidP="00D30816">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4876"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4874"/>
+        <w:gridCol w:w="4772"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="4771"/>
       </w:tblGrid>
       <w:tr w:rsidR="002514DF" w:rsidRPr="00712975" w14:paraId="72FEDCFA" w14:textId="77777777" w:rsidTr="001A33D5">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="237C3793" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="001A33D5">
+          <w:p w14:paraId="237C3793" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F6CBE1E" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="001A33D5">
+          <w:p w14:paraId="6F6CBE1E" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SECRETARIO ACADÉMICO FACULTAD XXXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="215" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39C67C2F" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="001A33D5">
+          <w:p w14:paraId="39C67C2F" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E96F783" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="001A33D5">
+          <w:p w14:paraId="0E96F783" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="002514DF" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50A2074C" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="0041748B" w:rsidP="002514DF">
+          <w:p w14:paraId="50A2074C" w14:textId="77777777" w:rsidR="002514DF" w:rsidRPr="00712975" w:rsidRDefault="0041748B" w:rsidP="00D30816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712975">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DECANO DE LA FACULTAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36705204" w14:textId="56601E66" w:rsidR="002514DF" w:rsidRDefault="002514DF" w:rsidP="002D3D87">
+    <w:p w14:paraId="36705204" w14:textId="56601E66" w:rsidR="002514DF" w:rsidRDefault="002514DF" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:line="160" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407B19FA" w14:textId="4DA06D60" w:rsidR="00642724" w:rsidRPr="00642724" w:rsidRDefault="00642724" w:rsidP="002D3D87">
+    <w:p w14:paraId="0BA7BE9C" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:spacing w:line="160" w:lineRule="exact"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1184BC77" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4986"/>
+        <w:gridCol w:w="4986"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B338CD" w:rsidRPr="003332D6" w14:paraId="2479FC01" w14:textId="4DF368F0" w:rsidTr="00B338CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C8983CC" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="003332D6" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003332D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3291F53D" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="003332D6" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003332D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Director de Unidad académica </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0DAB50" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="003332D6" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B338CD" w:rsidRPr="00C533D4" w14:paraId="10E03840" w14:textId="3D71D3A9" w:rsidTr="00B338CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76C579D8" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="00C533D4" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D1CBB1" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="00C533D4" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B338CD" w:rsidRPr="00C533D4" w14:paraId="5467B6CF" w14:textId="55802236" w:rsidTr="00B338CD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:bottom w:w="28" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CC765F3" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="00D30816" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30816">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vo. Bo.  Oficina Asuntos Docentes </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D5788AD" w14:textId="68C0B1A3" w:rsidR="00B338CD" w:rsidRPr="000108AD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:pStyle w:val="Prrafodelista"/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30816">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>Nota</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D30816">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D30816">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000108AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si el docente es nuevo se deberá enviar a la oficina de asuntos docentes, para el respectivo visto bueno y su activación en el sistema </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6223277E" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="000108AD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04DAAE91" w14:textId="16938FC7" w:rsidR="00B338CD" w:rsidRPr="00B338CD" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000108AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2.  Este documento debe ser entregado al profesor catedrático para realice el respectivo cargue en el link asignado para el proceso de contratación.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FAD5473" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="00C533D4" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="72217C75" w14:textId="77777777" w:rsidR="00B338CD" w:rsidRPr="00642724" w:rsidRDefault="00B338CD" w:rsidP="00D30816">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E90E8C0" w14:textId="5B621634" w:rsidR="00642724" w:rsidRPr="00642724" w:rsidRDefault="00642724" w:rsidP="002D3D87">
-[...123 lines deleted...]
-    <w:sectPr w:rsidR="00613965" w:rsidRPr="002D3D87" w:rsidSect="00712975">
+    <w:sectPr w:rsidR="00B338CD" w:rsidRPr="00642724" w:rsidSect="00712975">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1588" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DBE85F3" w14:textId="77777777" w:rsidR="006C7DEA" w:rsidRDefault="006C7DEA">
+    <w:p w14:paraId="37E597CC" w14:textId="77777777" w:rsidR="00AA54EB" w:rsidRDefault="00AA54EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70FD7F30" w14:textId="77777777" w:rsidR="006C7DEA" w:rsidRDefault="006C7DEA">
+    <w:p w14:paraId="74F453D9" w14:textId="77777777" w:rsidR="00AA54EB" w:rsidRDefault="00AA54EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:panose1 w:val="05010000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans Fallback">
     <w:altName w:val="Droid Sans Fallback"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lohit Hindi">
     <w:altName w:val="MS Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
-    <w:panose1 w:val="020B0603030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WenQuanYi Micro Hei">
     <w:altName w:val="WenQuanYi Micro Hei"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans Mono">
-    <w:panose1 w:val="020B0609030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E70026FF" w:usb1="D200F9FB" w:usb2="02000028" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="1243C1A3" w14:textId="77777777" w:rsidR="002D3D87" w:rsidRPr="00B53E71" w:rsidRDefault="006C7DEA" w:rsidP="002D3D87">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3DA4A454" w14:textId="77777777" w:rsidR="00D30816" w:rsidRDefault="00D30816" w:rsidP="00D30816">
     <w:pPr>
-      <w:ind w:right="48"/>
+      <w:spacing w:line="80" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tablaconcuadrcula"/>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="8149"/>
+      <w:gridCol w:w="1823"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00D30816" w14:paraId="159B6830" w14:textId="77777777" w:rsidTr="00D30816">
+      <w:trPr>
+        <w:trHeight w:val="1361"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4086" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="7041069A" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00A734CF" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+          <w:pPr>
+            <w:ind w:right="48"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Kilómetro 12 Vía a Puerto López, Vereda Barcelona, Villavicencio, Meta - Colombia </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="09A724DB" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00A734CF" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+          <w:pPr>
+            <w:ind w:right="79"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:val="-4"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:val="-4"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Conmutador (608) 6611623 – Campus Barcelona Ext. 1, Campus San Antonio 2, Campus Boquemonte Ext. 3.</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="6C3D900A" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00A734CF" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+          <w:pPr>
+            <w:ind w:right="79"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Línea gratuita 018000 918641</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="10CBCF77" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="006846B0" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+          <w:pPr>
+            <w:ind w:right="79"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:i/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink r:id="rId1">
+            <w:r w:rsidRPr="00A734CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>www.unillanos.edu.co</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">– Correo electrónico </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:i/>
+              <w:color w:val="0000FF"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>contacto@unillanos.edu.co</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="914" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="44C3B31E" w14:textId="689A8D0C" w:rsidR="00D30816" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+          <w:pPr>
+            <w:ind w:right="48"/>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00357F05">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:eastAsia="es-CO"/>
+            </w:rPr>
+            <mc:AlternateContent>
+              <mc:Choice Requires="wps">
+                <w:drawing>
+                  <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C21FCE0" wp14:editId="0EEEC5FD">
+                    <wp:simplePos x="0" y="0"/>
+                    <wp:positionH relativeFrom="column">
+                      <wp:posOffset>162630</wp:posOffset>
+                    </wp:positionH>
+                    <wp:positionV relativeFrom="paragraph">
+                      <wp:posOffset>650284</wp:posOffset>
+                    </wp:positionV>
+                    <wp:extent cx="1094105" cy="210820"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:wrapNone/>
+                    <wp:docPr id="70810241" name="Cuadro de texto 2"/>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                        <wps:wsp>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="1094105" cy="210820"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln w="9525">
+                              <a:noFill/>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="611284C3" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00EF5FD7" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00EF5FD7">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                  <w:t>Campus Barcelona y</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="1E7C1E49" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00EF5FD7" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00EF5FD7">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                  <w:t>San Antonio</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </a:graphicData>
+                    </a:graphic>
+                    <wp14:sizeRelH relativeFrom="margin">
+                      <wp14:pctWidth>0</wp14:pctWidth>
+                    </wp14:sizeRelH>
+                    <wp14:sizeRelV relativeFrom="margin">
+                      <wp14:pctHeight>0</wp14:pctHeight>
+                    </wp14:sizeRelV>
+                  </wp:anchor>
+                </w:drawing>
+              </mc:Choice>
+              <mc:Fallback>
+                <w:pict>
+                  <v:shapetype w14:anchorId="0C21FCE0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:12.8pt;margin-top:51.2pt;width:86.15pt;height:16.6pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkHk3j9wEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnVwjZqulp2WYS0&#10;LEgLHzB1nMbC9hjbbVK+nrHT7VZwQ+Rg2RnPm3lvntfXo9HsIH1QaBtezUrOpBXYKrtr+Pdv92+u&#10;OAsRbAsarWz4UQZ+vXn9aj24Ws6xR91KzwjEhnpwDe9jdHVRBNFLA2GGTloKdugNRDr6XdF6GAjd&#10;6GJelm+LAX3rPAoZAv29m4J8k/G7Tor4peuCjEw3nHqLefV53aa12Kyh3nlwvRKnNuAfujCgLBU9&#10;Q91BBLb36i8oo4THgF2cCTQFdp0SMnMgNlX5B5unHpzMXEic4M4yhf8HKx4PT+6rZ3F8jyMNMJMI&#10;7gHFj8As3vZgd/LGexx6CS0VrpJkxeBCfUpNUoc6JJDt8BlbGjLsI2agsfMmqUI8GaHTAI5n0eUY&#10;mUgly9WiKpecCYrNq/JqnqdSQP2c7XyIHyUaljYN9zTUjA6HhxBTN1A/X0nFLN4rrfNgtWVDw1fL&#10;+TInXESMiuQ7rUzDr8r0TU5IJD/YNidHUHraUwFtT6wT0YlyHLcjXUzst9geib/HyV/0HmjTo//F&#10;2UDeanj4uQcvOdOfLGm4qhaLZMZ8WCzfEWPmLyPbywhYQVANj5xN29uYDTxxvSGtO5VleOnk1Ct5&#10;Jqtz8ncy5eU533p5hZvfAAAA//8DAFBLAwQUAAYACAAAACEAsqj53N4AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fiysg3aNZ0QiOvQBpvELWu8tqJxqiZby7+fd4Kb7ff0&#10;/L18NbpWnLEPjScN04kCgVR621Cl4evz/eEZRIiGrGk9oYZfDLAqbm9yk1k/0AbP21gJDqGQGQ11&#10;jF0mZShrdCZMfIfE2tH3zkRe+0ra3gwc7lqZKLWQzjTEH2rT4WuN5c/25DTs1sfv/Ux9VG9u3g1+&#10;VJJcKrW+vxtfliAijvHPDFd8RoeCmQ7+RDaIVkMyX7CT7yqZgbga0qcUxIGHR5Zkkcv/FYoLAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQeTeP3AQAAzQMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALKo+dzeAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;UQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="611284C3" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00EF5FD7" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EF5FD7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                            <w:t>Campus Barcelona y</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="1E7C1E49" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00EF5FD7" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EF5FD7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                            <w:t>San Antonio</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                </w:pict>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:i/>
+              <w:noProof/>
+              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:eastAsia="es-CO"/>
+            </w:rPr>
+            <mc:AlternateContent>
+              <mc:Choice Requires="wpg">
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="792E3F9E" wp14:editId="7E4B7FE3">
+                    <wp:extent cx="958215" cy="719455"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+                    <wp:docPr id="5" name="Grupo 5"/>
+                    <wp:cNvGraphicFramePr/>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                        <wpg:wgp>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="958215" cy="719455"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="958215" cy="719455"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="7" name="Imagen 7" descr="C:\Users\UNILLANOS\Downloads\Logos Icontec-02.png"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill rotWithShape="1">
+                              <a:blip r:embed="rId2" cstate="print">
+                                <a:biLevel thresh="75000"/>
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect l="15593" r="17268"/>
+                              <a:stretch/>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="482600" cy="719455"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                                  <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                                </a:ext>
+                              </a:extLst>
+                            </pic:spPr>
+                          </pic:pic>
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="11" name="Imagen 11" descr="C:\Users\UNILLANOS\Downloads\Logos Icontec-05.png"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill rotWithShape="1">
+                              <a:blip r:embed="rId3" cstate="print">
+                                <a:biLevel thresh="75000"/>
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect l="16670" r="16730"/>
+                              <a:stretch/>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="476250" y="0"/>
+                                <a:ext cx="481965" cy="719455"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                                  <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                                </a:ext>
+                              </a:extLst>
+                            </pic:spPr>
+                          </pic:pic>
+                        </wpg:wgp>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </mc:Choice>
+              <mc:Fallback>
+                <w:pict>
+                  <v:group w14:anchorId="63A4A3AE" id="Grupo 5" o:spid="_x0000_s1026" style="width:75.45pt;height:56.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9582,7194" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA+eyjJ3wIAAKEIAAAOAAAAZHJzL2Uyb0RvYy54bWzcVl1v2jAUfZ+0/2Dl&#10;veSjJEBUqKqyVUisReuqvfBiHCexGn/INoT++107lBWYtqqbJm0PBH/l3nOPz7FzcbnlDdpQbZgU&#10;4yDuRQGigsiCiWocPHz5eDYMkLFYFLiRgo6DJ2qCy8n7dxetymkia9kUVCMIIkzeqnFQW6vyMDSk&#10;phybnlRUwGQpNccWuroKC41biM6bMImiLGylLpSWhBoDo9NuMpj4+GVJib0rS0MtasYBYLP+qf1z&#10;5Z7h5ALnlcaqZmQHA78BBcdMQNJ9qCm2GK01OwnFGdHSyNL2iOShLEtGqK8Bqomjo2putFwrX0uV&#10;t5Xa0wTUHvH05rDkdnOj1b1aaGCiVRVw4Xuulm2pufsHlGjrKXvaU0a3FhEYHKXDJE4DRGBqEI/6&#10;adpRSmrg/eQtUn/46Xvhc9LwAIpiJIffrn5ondT/a53AW3atabALwl8Vg2P9uFZnsFUKW7ZiDbNP&#10;XnawKQ6U2CwYWeiuA1QuNGIFEBEggTmofcZxRQWCfkENAdld58sHA25ZPtzO5vOr27v75VS2opG4&#10;MMu5rKRBMyKFpeQsSnpKVI5Nl8kF71JhR8VckkeDhLyusajolVEgdLCfWx0eLvfdA5yrhqmPrGmQ&#10;lvYrs/V9jRVgjb1+3eSOIoB7pLIfsNwpeCrJmlNhO0tq2gBbUpiaKRMgnVO+okCLnhUxKAWOAwv5&#10;lGbCdjnZnG5og2ytqamBvjSKvDNBDg6P06DR5DPU6Gwcp+noHMJCa5Bkw05vxmpqSf1c/3ONHXkG&#10;5I1W7SdZQF68ttKnfY28+8MkAyxH8t7LFPZCG3tDJUeuASUCRh8cb+bGOjTfl7gyhHTMwzjOG3Ew&#10;AAvdiN8uh3fXhM3saoDGP6P/GLb5wABu4A0OSP9DByR/wgFZNgBROgdkg/PdJfb7DugPsiSFuKen&#10;fH8Yj7KTU/5v28BfCnAPelft7mx30b7sQ/vll8XkGwAAAP//AwBQSwMECgAAAAAAAAAhABjVYJmt&#10;OwAArTsAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAGUAAABlAgG&#10;AAAAEsXUoAAAAAlwSFlzAAAuIwAALiMBeKU/dgAAIABJREFUeJztnX+sXOV55183rnED9b0GFFwo&#10;xr1sCAFDbWyyLnib28pIhkrgP2JkdteJu9rF1ga63q2EvYHdpipEdqSqXkEq261UJ5Y2Fu4fBjVg&#10;rdmtWwG1wm+wCZD6xjaBNRFgXwqN4yV49T1+35t33vO+Z87MPXPnzMznI03InTnnzHvOHD/f8/x4&#10;n3famTNnDAAAwGT5Ja4gAABUAYICAACVgKAAAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAA&#10;UAkICgAAVAKCAgAAlYCgAABAJSAoAABQCQgKAABUAoICAACVgKAAAEAlICgAAFAJCAoAAFQCggIA&#10;AJWAoAAAQCUgKAAAUAkICgAAVAKCAgAAlTCdywgBC4wxw/a1IPcpDAIvGmNO2teL/OJQFgRlsJln&#10;jBm1L4nHbw76BYEoL1lh2W9fR2IbAUw7c+bMwF+EAUOexxr7QkCgHSQwO+zrJFcQHAjK4CBv5OvG&#10;mK8M+oWASvm2va/wWoCk/AAwzz5J/ggxgQ7wFXtv7bD3GgwweCj9i0Jb640xf1TmDD849bE5ePwj&#10;8+SRcfPmyVPm2MlTuW1gcJg7PNNcOjzTLJ03ZObPOdfMmlk63frHxpgthMIGEwSlP1lgnxgLcySH&#10;jn9kvvviO+bJIyczMQFIIVFZOm/Y3LHgInP1nHMTW01w1BizggqxwQNB6T/klfxZ0VntevEds/XA&#10;W4gItIW8l3tG55pVCy5qtvt/tt4KDAgISn+xoyhPIiG5d++YGT/1ce4zgFYZmjk9E5a1Sy4p2vPb&#10;tqIQBgAEpT9QvmSPMeaLsbN5+si4uWvPG+RFoCPIY3loxRXmhnlDqcP/nQ2BkVfpcxCU3mfYTjaL&#10;5kvu2zuWhbcAOs26JZeY+5ePpL7lJTuBFlHpYxCU3keeyW3hWahq69YdL5MngSlFyftH11ybqgp7&#10;xHoq0KcgKL1NNGei6i2JCbkS6AbKrUhUEtVg5FT6GCY29i5rEBOoI+PWOz4U946/gqD0L3govckC&#10;mzdpyIIiJlAnCjyVcZtPYZ5Kn4Gg9CYvhkl45UwWbnkGMYFaIVF5Yf31sZzKSyyP0H8Q8uo9vh6r&#10;6MIzgTriwl8RftPey9BHICi9hevP1cA39x+jmgtqi+5N3aMR1tt7GvoEBKW32BLLm3xz/9FBvy5Q&#10;c3SPRpL0Q7Rm6S8QlN5hXqyq62t7Dw/6dYEeIXGvfoW29/0DgtI75Eot1ZvrqSPjg35doEfQvap7&#10;NkLu3obehCqv3uFkGO66bssz9OeCnkJ9v55ff3045HFyKf0BHkpvsCIUk8dfew8xgZ5D96zu3YAh&#10;vJT+AEHpDXL/2L4bDx0A1J7EvUuPrz4AQekNRv1RvnnyZ+ax/FMeQE+ge1f3cMAov17vg6DUn9Ew&#10;3PXUETqAQ2/z2GvvhuMfQlR6HwSl/uT+keGdQK+TqE7M3evQWyAo9SfX7yjxjxGgZ0jcwwhKj4Og&#10;1J8GQdFsY3p2Qa+jezgyc54Jjj0OglJ/LvNHSKkw9AuRe/kyftzeBkGpN7kntlfyT3UAPUniXs7d&#10;89A7ICj1hn9cMGhwz/cwCEqPcfD4h4N+CaBPoPy9/8gtowb1hoR8Ndw4b8hcM+c8c+nwOdl/xfw5&#10;58ZWFjRP24okxfyPnfxZZgg1MS+SAwAYaPL/egD6EInFHQsuMkvnDcfWOC/khnln55XeMDG/dG72&#10;v29acdG8IJXBIvYw6CAo0Leos+3aJRebW668MPNEqkbHXLXgouxl7HICEhcmnsKggqBA36Fw1obR&#10;yyY8i6nCiYs8F61QKGHBa4FBAkGBvqFbQhIiz+XBFVeYB059nK2lvvXAW7ltAPoRBAV6HoW2Hlg+&#10;Ym6+8oKWT+WDUx+bg8c/mki4xxia+akscT80c3pL+Rcl+O9fPmLWLrnE3LXn9VS7EYC+AUGBnkZi&#10;sn/dwmh1Voyzrf/fzYx7u4l0eUI3zhs2S+cNlfKG5LE8subabGGpu/a8QRgM+hYEBXoaeRbKVbjE&#10;eAwnIlrY6WB8dnZLODH6Zua9TDe3XHmBWbfkkqbeizyo/euuw1uBvgVBgZ7n3r1jWUgqNOguOZ5Y&#10;IbAS5G3o+HrJc7nDq/qK4byV+/aOkVuBvoOZ8tBTzI94ATLqX93zepYPMVZI7t7zhlm45ftTulSy&#10;vA6FtK7b8szEZMgUyq08tOKKxKcAvQkeCvQMevpX9ZTme8hw+yiUJU/l0uGZmVfSTRSGu3XHy1ko&#10;7IHllyfnwDhPRuMmrwL9AIICPcEDtlrKeIY4FJWp9EbK4GbQa+ypMJjeVx5m9a5Xc58B9BoICtQe&#10;eSZOTBwpUWkHVYrJizj735kNR1AY7ZXjH2YeRDsJfe2nMTphCavRVPklDwWgH0BQoNbo6V2GOIZE&#10;RYntVg29hEMJdIWk9N+yJcfGNop07VVaaQ4p70nC9Oiaa7PvU57n3r2HadMCfQWCArVGT/jKRzhD&#10;7KPEeytiIgGRt9POBEjHDXbuiZLqWsJWgla2xYrGqnPRGDSDnrwJ9BvTzpw5w49aX0aNMX/rj+62&#10;HS8P5BwGVXf5oiIxKZszkQG/Z/SyZHJ8sigstvXA25UUA+g85ZUNwm8s71Al1AG/Y4zZn9sYegLK&#10;hqEncE/3Mt5lxcSJkCrDOiUmxrZYuWd0rnlh/RcyI9kOQ9kxLssmPu5cdVUWlgPoNRAUqB0yykOR&#10;vIZEZeGWZ0qJiWauyzhPZaNIN2lROZ/Y+FPofDVWiZKxAsUcFehFyKFArZAh1hO6ktaarBjmSJrl&#10;HVwSP1Wm6yNvx7VRUcI8FWaSwfcT+c2S+KpI0ziaVaAVNbW8wX4XSXvoJYr/ZQBMMa609uo507Nw&#10;lUpqy+ZKZMS1T7OeWqrUcu1SypCJjhmf2L5Zcl8J92b5FHlQ8kiKxEmTIhEU6CXSdzPAFKMndt+z&#10;kLFV/kOeQbOn/TJioqqsr+09nPREyuLKhjVehaZcWO1p23qlqJxY5/KN5ZcXjtOhEJqEq24TNgFS&#10;IChQG1LzTcqU1zYTk040Y/RbrEjQigz/kE3chxM0m6FEfdFxAeoEggK1QE/7sRDSB3bVwyLkJaTE&#10;RLmY1bsO5XIxVdIsLCXB0RiLwlsp8FKgl6DKC2qBq3AKaTYBsKhdvEJco1uf76iYFCGRlOf0nVVX&#10;NRUTneeXE/281rXo1QB0i+K7HGAKUDgoJgpnJwymw1SuSirGITtvpUiMOolCVSmR9FHeRXkdJ3r6&#10;Oyx1lvelOTXdEkaAsiAo0HVuiYS6hGafFxFrtmisEJUVE7fiol7z55yXmwDpSotdIr6sQGkd+iJ0&#10;3FgF2+b9R2OzxzMvpYpGmACdJP+vEWCKSYV0thV4J6qWiuVchFrBl5mvogT5uiUXR0XJoc/0PXo9&#10;YFusaFzNji+xWDpvOJrbKfKeJF76PNwvJboAdYIcCnSVoWzOSd7oahGtmMF1bBi9LPeesbmIZmXB&#10;EqMX1l/fdB5IyC9arFxfysArlBWjWRuYWAJ+lvWkAOoMggJdJWUkiyqnlE+ItVRRRVeRV2NsEv+R&#10;SOfiVtC+SrTfEcn7+EjYHo+cRzNxSJ17u33CAKYKBAW6SspIpoyqKQiRaXZ6kVfjlhCuCh2rmaik&#10;Fs9KnYOx81sORRLwCqEB1BlyKNBVbowYydhTvU/s6V7eSSxU5JBwNRMTfe8rxz8yTx05mf19zZzz&#10;CnM1xoqKBCAVZtNnOm54DIX5VKWWmlX/vdfey4UCr7at7YtEE6Cb4KFA15BxjOUTXok8nTtSKywW&#10;iclQ1r33c7n3HTL41215Jkvmy8txDSNVsqz3Lt/0D1lOJ4WaWRZ1F06NLSaMDidqIfMj+SaAuoCg&#10;QNdIGceUMTUJj8bYJH4KVXPFhMvYhbokGilPwXjrwt+dKNudZSvGUih890HEqygWlLjHkzp/gDqA&#10;oEDXUEgpRtEEvqWRnIvyDUWCoNLgGK2s+misp5ESFX1HkZcSywnFCgt8FMYLaTa/BaCbICjQNWKh&#10;Kz3JF+UIYl7NkwUeTWr9EoW52umPpX1i3lCzyq2USMbOx/FmRCRTIgxQBxAU6BpzI2GolOF1xMQh&#10;9iTvSFWRpaqvypBqVpn6LpPlhT7MvWdsfidFah+AuoKgQNdodd30lMEuMryxJ/pmIbJmaN+nIzmO&#10;2Hc5UjmRon3GT/08995ULmkM0CoICvQ1sZBSUYisLE9GBCI2478ZMY8LoFdBUKBWtOM5pJ7+TcJg&#10;x578WyVWtQUw6CAoUCuKcgop2tkHAKoHQYFa0Y44xMJajpgnUUXpbczzARh0EBToa2JVY7dceWHu&#10;vVb5vUiJcCxR34xYaXARMYEEqAsICnSNouqsGKlcSVGlVCx5rlnzqYqxMmjfWAK+6HxS31eUM2qn&#10;rBqgmyAo0DViyfFmZbGxJ/SikNdjr72be098Y/nluffKklqLJSV4pkD0iubQtFpWDdBtEBToGqlw&#10;T5EhjRntov5WeqKPGW15GA816T4cQ8sOx0RP3xFrr/KLMeb3kTgWeSgxoSzyggC6DYICXSNlTGOG&#10;1BETFIWwivZRB+EYqxZc1JKoSExSTSBT3+GICUrsXBwqTogl/mPiCFAXEBToGimDOj8RHjIFkxKL&#10;FrpS/61Uwlyi8nfrrivswyUx0DYpMdHM+6K+YBpbTBxa9WgMHgrUnPxdDjCFyBiHCW5VUKWe+F0I&#10;K2xHL6OtHlupxpJqP79/3cKoYdf3a0lfhaAkcm49lmvmnJuJW6r1vbFhq6/ueT33fji2GClBNQWC&#10;QlIe6gweCnSVmMfhViZMEfMGmq1JovDarTtejib1/WNoZcV7RudmL/3/IjERWkulyMhLGGI5F3U7&#10;ToX8TKK0WeKbEkyAOoCgQFdJPaUXhaBi7eNNiTVJZPibiUpZdIzbdrycHL9DAhD7vpgoOlSUEBOy&#10;mPgC1AkEBbpKyiCnwkTGehsxUZmVLfVbnGSXqIxufSGZUymD9tUxUmMPv2/hlmca1slvVhG2NrEg&#10;WJEIAdQBBAW6ip7gH48YV4WJisqHU2uSKExVJEbGC399ederLQmLQk5asVH7FoWrQnSOCo3dZ9dg&#10;uXfv4dw2PrFwl0SoKLQGUAfS8QGAKUJP6zdHQlx6Uk8thCWDLlFRriPkwRVXZNVQzQywvlcvlRwv&#10;nTec5TsUMrt0eGbW7+ugzVkoSa8JkpM16FsPvJV9X5EYSQxj4a7UBE2AOoGgQNdRKEdzPMIKrGaV&#10;W9sOvJU0wI+uuTbzJMqIgLbRSwZ/sgzZsJuOFQuJFYmJuCcxC3/bgbdz7wHUDUJeUAu2Rgxms8qt&#10;s6GkQ7n33b4SlaIJj1UzZL9T3tYja67NRLIVUuKosNxkVpgEmCoQFKgFsSS7yZ7Y5xbmUuRZ3JcI&#10;i0lU9q+7rmlOpQoULnth/fUNc2okhpoQWVbUUt7J5sScHIC6gaBALUhVbolmlVsKL6X2NTansnPV&#10;VYUlxe2iY0oI5JGkJk2WaUSpY6S8k1joDKCOIChQG5SAj83ZUMVX0bwUY2fCF4mKwlDyIGS4qxIW&#10;eT7ygGKFAQ5VhqnCqwh5MKlj4J1AL4GgQG1QTiSWSzHWSykKfZkSojIr8ybmZsKi/EY7+RWNQaL0&#10;wvovZJ5PzKtwHLITKVNFBY5vrfhc7j2DdwI9CFVeUCvUwyuWnJYYKGz1xa3PFw5XoqK8yv0FCXGX&#10;7NdL8zueOnLSHLP/NXbOh0TACc41tp+XSotjC2vFkLBpLM2QUMaOKU+tzP4AdQJBgdpx157Xs5xE&#10;iAyvPIvU3BSHcipqU7Jz1dU5YQrR56smkvbxsFMrSAg0vjKz2iWcqxIFA/LUqOyCXoOQF9QOhXm2&#10;ReaEyFiXbT9ytsXK88kZ9Z1AM/7VkqWsmDyYKDZQqCvVbRmgziAoUEv0lH/Im5QoMSk7UdGhsJUM&#10;83VbninMrUwWCYAaRSr5XsarKBKTD2ybFoBehJAX1BYJiBLoxv7/dlufyMgrHyFvRSGmWI6mVWT4&#10;1UZF4bVWxqW8TEpMjG2HT4t66FUQFKgt49YrMYmFpWScJQ7NciqOs/2/jmYvv39Xs0W0jBUQjeHJ&#10;rPLqZNvVVzrG44neZWo8SVUX9DIICtSamJAYKyaP2smEEoay4SZHrH/X/MTCXlUbeXlLGrtf3XVf&#10;yUQ+QJ3J/+sBqDm+mBhb/aXlfWWoi9YZaUZKvCaD5q2EQjdulw1256D8ThWNKQG6DYICPUUoJg79&#10;rXXhlSCXsHS75HbITqLUXBdVrIVhOYmXew/PBPoFBAX6CrVpeX799VkCXoa8GwnudUsuycTEiZ5E&#10;RQISCgdCAv0GZcPQU7gldQ81CU/5LVaatWypAtckUi1Z7o+s7dJuqxeAXgJBgZ5DXodasMQmP/q4&#10;FivyWBQmU0VYLOk+GdS0Uu1TDm/8rUzEUtViZ1vHXJ17H6CfIOQFPYtyEErCP7Tic0lD7lAoTK8H&#10;bdPG7732njlolwkum2+RGMnLuHHesLlmzrnR0t8UH9hJlgD9DIICPY1Kehdu+X4Wblq35OJcqCmG&#10;qsLChoyH7PrxKSRG7aIqLolf0fEB+gEEBfoCPf0rBKZcRarhYhGxjr+TRRMYJSQ0eYRBAUGBvmHc&#10;tnx3LVbKeixVI49EY0BIYNBAUKDv8FusKBGvxHkr+Y52OGRn3SunQ2gLBhUEBfoazfXQSwl19e3S&#10;q5WFslK4hbmUw0FEAM6CoMBAMG67A/utWSQumqNy6fBMMzTzU9nKjDHk8WhFR1VqvWIrwxAQgDwI&#10;Cgws8i6eMnT3BagKJjYCAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAA&#10;lYCgAABAJSAoAABQCQgKAABUAoICAACVQHNIyNC6Ieq+qy66aveujroAAK2AoEC2Hvs9o3MnLsTa&#10;JZeY0a3PIyptcLYd/jkNO2rtFFZvhEEAQYFsqdyQDaOXmdW7Xs29D8Vo6WFfnE223v2xbPVIgH6H&#10;HApE110firwHAFAEggLm6SP5Rab8lQ0BAMrAYyiYr+09bHauunoi9r/twFtm64G3Wr4wSur7VJE7&#10;kKc031v/vRPL74bfYexqjnVA1/Ts+M6bWIK46pxM+LuxxDG0C4ICmQFZuOX7bV0IGaN1Sy4xN195&#10;Qe4zY0VFVWMSqbJGSonttUsuNrdceWEuwe2O+dhr75ptB95u27DKSKuyTa+rAzFxPG7XoNf4i9A1&#10;eGTNtcktlFPx8yryCG/d8XJuO4fOX9vfcuUF0XCksdegXeE3tqpPx6/ydwOYdubMmYG/CDVm1Bjz&#10;t/7wbtvxci2enmX0HlpxhbkheLpNoadrJaebGcCw4qwZ7SS8ZUg19pSxDjl0/CPz1T2vJ6vemglK&#10;SJGgyNA/sHyksrGFyBP71orPJUU0RL/bvXvHmopqOySu2+8YY/ZX/mUwJeChwMSTuo/CYCkjJaP0&#10;6JprSxs9YxP/9y8fyfa9a88buc/lMeiYZQ2dQ+Lze1dekBnoMk/SMtYqi26Fq+35dsqwVjE2nX/q&#10;93K0KlbG/m4PrrgiM/6x3w3Ah6Q8mEuHZ2aehv9KVXm1IyY+KquVd+PTrpg4nFFNjdnRjsF2+IY1&#10;REImr0MvhYpC9J77XC/lQUJk7CczNuXAis5fXtmDLXhlsf3D3w0gBA8FSjNkDVfKKCn88j1bHTZ3&#10;+JxoDuDuPW/k8h4y9Ckx8Y85NPNTZum84ei2ek/eiryIGBKClMF2OZnxUz+fGPuqwGNz7Fx1lVm4&#10;5ZkGb0iegQthxUJ28mqKwnK6rroGIQo3bT3wttn14jsT10zXVDmrMNSoXJPOL/Y9LjyZQiL3pA2j&#10;XjPn3Oxahb/bXZHfDSAkbhkAIshgxZLkMvqaBBkzOL6BVYI3DBnJeMWMt4z8XXtej+aLtM9DKz6X&#10;G4vGpyR6bB9tHyOVg5EwyQiHSetZ1vhXGf7RuEMDLjGJhbEes4UCGlt43TRBNXYuuv6xhwAJSUwo&#10;JHAak/vd7ts7Rhk5lIKQF5RCRiY2o16VUF/c+nzOKDlk4NTGRcYr5j2si3gNEijtExMGY0t69fmh&#10;SM4gzAW592JCKG8pZoCNDWNJJHdFciaxsN1kiF1XfXdRTkRCEIbXJBq3BAKoccYEW+clwYr9buNZ&#10;AcXR7Ppou3YryWDwQFCgFLHwlZ6iyzyp+yEhH4lUrGxVVUvNEuz6XNuFyHiGuYTQyBorhGUS7BLB&#10;DyJjiR2zHWLhJQllSkx9YmIY5nhi4zzr/TX/3XR9SMRDK+T9YIAIsWS0wkWTmaMQO+auFjodazsJ&#10;QyhKKhzwDXLse8pWa7nuy2H+Rces4sn9xnnDufdm2SKFZsSS8NfMOa/h75igxIQIoArydyRAhFiI&#10;Z7Jx9fmB8WvnmI9FBEVG2heUWP6gle/RtqGgxIx5VSg8FwvRlSEcV2yc5EOgUxDygraJxd8nS6se&#10;T7MxxLyTOrG04vGFFXCxijhmvkOnQFCgbWJPv9AaVYtyWKgQy/8AdAosApQi9lSrp//JhE/ejBhT&#10;5QBaaS0TyxEcjEwcrCvHIhMhVaZbVWWV8kzhnBXlmFg8DToBHgqUImbkYyW/rRCbMZ6afBjDNXgM&#10;6SVjGRPVKsN0sWs82d8NIAWCAqV48sjJ3GZ68o0Z9JChyPwIYw1/OJdCyejYrPEYsb5UdVxuVzP8&#10;U8SEWkUGYTv9FHdkK0Relvg0noBfZTsNNx93/HcDSIGgQClk/GMLcak/VNETr6rDVAL7nVVXRcUn&#10;Vr57dpZ22kiabOZ7fqa4qUFJbCzcFpby+kj8YtdV16yZqOh66vprRnuql9lTif5iun5FYuF6tul3&#10;q3thA9QHBAVKszlhrNVFWMZHBk6GSIZNRkgexP51CycqjR6w3YZ91I4lZvBkJF9Y/4XsmK5kWf/V&#10;33o/JiZuDY9uEss1yZMrEofYdXVzUSSsYcm2jiVBeNDrz6XveGH99bltTTY583DuPR1fYuF+N+3n&#10;fjcde/+66yZ+N/Uvix0XICT/SAOQQE+7mswYW6/EdSouwnXFVdsUZ3jPtjg5lBmwEIW/Hixoaujz&#10;gT1Ot4mFsIz1OOTlySPRNr7w6W8Ja5g/0vVyi3Pp/GIJ9pCYoCnspQmjMREu/7tdVXqJABhc8FCg&#10;JRRSivW3KovyCWFoRoby7km2+FCLlLok42PXR0b5BtsI89LI077GH+tNFu6fwjWTTBn8u2xfrnaR&#10;uMdCagA+CAq0zF1ZU8VjLe93yPb0iiXN9cSu1ShbnTehMJc8nm6Hunx0bdqZ/6Fr047R1zWIdSYO&#10;0e+2rY1yZOV41LI/9rsB+CAo0Baui/DjkSqiEBk8eSDqSlxk9J6yhquMQXZLCo82OWY3kOGVgY/l&#10;hooYt802JayxRH0V10CeUNnju9+tyPMB8GFN+XpT2zXlfZSwvdEmnl1FkwzQK1nX3JNtj/eWrHz2&#10;vGzRJ4Vb3DFVSRUrh42h/WIJ8VbGFDvGuM1pNMMVKrjrIrGRN1Xm+3VddQ0UbvIrxbQYlq6BjjEZ&#10;Qx87vrvGWnCs00LNmvL9B4JSb3pCUADaAUHpPwh5AQBAJSAoAABQCQgKAABUAoICAACVgKAAAEAl&#10;ICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAAlYCgAABAJSAoPc6K+RdGVwAE&#10;qBtL5qZXnIT+AEHpcX5/8cXmmT9YbP7bsnmDfimgpmit/B/fd6P5r797GT9Rn4Og9AHTf2ma+U9L&#10;LzVjG3+Lp0CoDfKc9bDzwPIRM3M6pmYQmD7oF6CfmDVzuvmbf3eteeX4h+bLu35g3mQNcOgS31l1&#10;lbn5ygvMNH6AgYLHhj5Ey7k+v/767B81wFSi8Nbx/740W1oYMRk88FD6lGl2TXb94/7W0z82f/LE&#10;kUG/JNBBJCQbRudmXjIMLvz6fY7Lr/z+4l8zm/cfM9sOvDXolwQqRDm7B1d81vzG+b/CZQVCXoOC&#10;nhyVHFXiXk+TAJNBQqKEu3J2iAk4EJQBA2GByYCQQBEIyoCCsEArICRQBnIoA44TFiVUH331XbP+&#10;0R8O+iUBDz1s/MHSXzcXnTeDywJNQVAgQ8Lyb6+bY1YtuMj8rzfeN/fuHWMeywCz5dbPmluvupCq&#10;LWgJ7hZoQFVhKjfWpLQj7//U3L3nh+bAsXEu0gCgme0PrbjC/Mu5s7L7AKBVEBSIInOiWLli5h+c&#10;+phwWB+jsNa//8KvkRuBSYOgQFNcOOzfXDfHHDz+ofkfT75p9hx8lwvXwyjJrmaNeCNQJQgKlGaa&#10;bevyl1/6vHloxSfm//zjCfPnT79FSKxHUEjrD3/7UnPTFeeTZIeOgKBAW6h7rHItermQ2J/+/Zsk&#10;8muIljb40jWfMZcMnTPolwI6DIICk8aFxPR658PT5rkf/xOeSxfxPZHPnDeDJo0wZSAoUCkKpTjP&#10;5dTHn2Ti8lfPvk3OpcMoJ/Ifb7jELPr1XyWcBV0DQYGOobDYjfOGstdffMlkZchPHRk3u178Cd7L&#10;JJEXsmbxHPO7/2K2+fxnziWxDrUAQYEpwZUh66XQ2MefnMnyLQhMOXwB+eyFn2YFRKglCAp0BT1R&#10;hwLz3j//P/OP7/7UPPbaewPfZl9zQ+TZff4zn87EBA8EegEEBWqBDKZi/3rJkKq/WCgyL739Yd95&#10;MhIL5ZucePzarHPwPqBnQVCgtoQi41CZ8k8//iQTmh+9/1Pzg5/8c63FxonGZ877ZbP412eZi2fN&#10;MBd8+pfNr86cTgUW9BUICvQcKlOeZSvKfKERZ4wx/3Tq4+z/Hz15ynxw6ufZ///7sRPmw9OfTGwn&#10;j2cyc2bClv8SDMc1c87N/t+nZ3yKUBUMFAgK9BXTrOAYO6vfEQqPQmoAUC0EawEAoBIQFAAAqAQE&#10;BQAAKgFBAQCASkBQAACgEhAUAACoBAQFAAAqAUEBAIBKQFAAAKASEBQAAKgEBAUAACoBQQEAgEpA&#10;UAAAoBIQFAAAqAQEBQAAKgFBAQCZN0DrAAAbU0lEQVSASkBQAACgEhAUAACoBAQFAAAqAUEBAIBK&#10;QFAAAKASEBQAAKiE6VxGaIdbd7zcsNc3ll9u5s85N3ekp46Mm60H3sr++8Gpjxs+u2HekLnlyguy&#10;19zhmbl9Y8f67ovvmKeOnDRvnvxZw2dXzznXLJ03bNYuubjUsQCgehAUaIunj4w37DYeiIW4a88b&#10;ZteL7+Ted+gYet23d8zcv3zErFtySW4bcfD4R+Zrew/nvtPn0PGPste2A2+Ze0bnmntGL8ttAwCd&#10;hZAXdIR7944ViknI0Mz4s81jr72XeUNFYhLyzf3HzBe3Ph8VOQDoHPF/xQCT4NjJU5mnEHLp8Dnm&#10;xnnDmaHXNvIojH3/jgUX5baXZyIvJwyVzZo53YbJzsn+/t5r700cy3HI7rtz1VW545ZB3/3Ya+82&#10;bKmx3zhvqPQxdJ4K0x08/mHD2BWai4UHi9BxFOqbzHiM/W1cuFDXnfAgVAmCApXzVMSbiIWhzgrP&#10;25lhi7F616GcmKxacJF5YPlIg0ej4+o7V+96tWH7x197L8u5xMQqhURAx4l7RMcyQdC5pMJzxh5D&#10;XpK+Oxy/Q/mjDaOXNRUEHeOb+4/mckatjMd4uSxdE0fsNwGYDIS8oHLePHkqd8i1EYOnp+MHErkT&#10;GdLQiEpMHlpxRTQ8JsP86JprMwPrI2NcFglBs/CaBEI5H3k/MeTZ6Bjy0FJiYmz+6LYdL2fnmULf&#10;cfeeN3LXITYefWcsxKfjK/yn7/LFBKATIChQObdceWHukI+1aMy2BiEzeTESnyIURgq3kTEu+90y&#10;ymHoLIXyQ8oT+cigf3XP66WPISQYMVFpVtAQIoHyRU7HXLjl+9nxWxkPwGRAUKByZNjDMJaMbygS&#10;Kfz8ikMeTswzCVF4K/RSYiG4EBng2Hc+v/568+7X/5XZv+66rDTZR17IMc8b0zmGx1Bo68EVV2TH&#10;+c6qq7JjhuPTfr53ofGGYqLrqUo4jUMv/f/wGrsQn7HeX5FnA9AJEBToCGFs3g/NNDPwByNP1ErC&#10;lyXMS7ziJcVThGNyuRqXtJZIKqQWGnFn+CUsoQjoGNpHIqfj6Bx0zLBQQNfGL2LYHITpJEASEYUG&#10;NQ699P9jIudCfLoGN3jXQeNO5aoAqgJBgY4gI6on8xCXO1B45lgk12IyQWkUABnUVqqRrgmMbCyn&#10;ExKOJZbXGcoS4I1C+aQVojCsJkP/UOT8jTX29wehue96wuTncHTuEqWYd6b3vrXicw0ej7wSJ8hK&#10;+kvUJDwvrP+CuZSKLugwCAp0DCcqYYjH2Cf70a0vlAqDtVpiG9JO6Cfl1YTejwtVhR7OhibVUxIs&#10;32PQGF2ZsY+8mqLz12dhFduTtrxYY5WoFe0PUCUICnSUO7In5IUN4RdHs4qpqogJWsjSYHwpoQs9&#10;BZczCSusyswPmT/nvIa/5VmE3lQZMQi/q6i6DKCTICjQcRSuUtimyFspEpWiMt4Y46d+3vBuGaO8&#10;KnjKl1CoSkqhKBl6eQ5Kni/c8kzDdqm8RCxEFRKG5mJcE4hOjDLfBTAVICgwZchbeWH99dmEuhCJ&#10;istDaAZ4SCxRn+LJYEZ5mfyLtgnnyigMpbLbUTuPIza3JJWXSOWHGrdpHooLZ8fHiM0/AegGCApM&#10;KS6xrURxiBOUmEcRm6sRI1ZyXLY9iSqwQk+lGS5UFnoJZUqV861UhnJhsFdKCGn4XSmRA+g0CAp0&#10;BYlGaLydgZVxvjkoE5aglHnqDycbmhZLjpXEVmguLMc1iVyMm8QZipZyMEWeQ9gJwH1fKKaaW1Ik&#10;TvLcQrFttb8XQFUgKNARZPxl6IqMalE4Jyzb/cD22Co6nuZghO1Fyk6I9FFo7u/WXWcOb/wt88ia&#10;aydeITdkHsVZAQhFS16SxhtDAnF3kDNylVoKvYUFDDpOLOTnZub7YTjtS8NH6BZk86AjqOmjcg73&#10;2s7AMrwuwSxDGOvV5Yd79JQtL8UXCBlp5TMUMtMxnVAoVCaPIEzeK2Eey9eURcfXOHRsNXv0Dbe8&#10;FX+eicvB+BMUNR5N5HSLiLnkfuhR6Fh+6a9Kjm/zFjA7K6aHMm/Ibac8kb4rvIbNypUBOgmCAh3B&#10;JcZlDMv2pAq9EhnssL+WS5Tfndu7ERnpnauunlQFVFGnX812Dz0BiZfO2x+vv4hYirDhpUQsFCeN&#10;QX/HlgVwKIRIuAu6CSEv6AitNiRU3iI0hkN2lnhsDksR8ky0Xyy534ynbJPFkU3/EO30K6GKjdUf&#10;byz/kkLHiuV4Wi0QcJ2YAboJggIdQc0QV0UaNYbI+D5i+13FcEZahjc158Ph1gZRBVm7s8PllexK&#10;rGNyte3nlRqr8cYbawLpI5HUOIuOJYFQQ8mi89ZnujaICdSB9B0PUECYpA4NuMJBzsgpd6BQkG+k&#10;VdqqnEpZwy/Dq1fsWKbN1QtjzI0YbwnDuiUX5/p4pZCoyMOQuMVWbDy72mS5xLnLv1SxYuM3ll/e&#10;UNRQJFQA7YCgQFu0Yshch9wqqPJYMc5OqjyWfXKzNeZFXkQRQ1Y8YiGt1sc1NGnBpKcXdBoEBcBj&#10;vg3BkdwGaB1yKAAerlQYAFoHQQEAgEpAUAAAoBIQFAAAqAQEBQAAKgFB6TFo/Af9AguD9R8ISo/B&#10;WhfQL4Rrv0Dvg6DUmxebje7ZH3+Qew+gjpS8V5ve81BfEJR6k1swZGkwR+IVr60HQJ0J79XwXrbk&#10;7nnoHRCU+vOSP8Iw5LXn4LvmzKBfIegJdK/6RMK3L/FL9jYISv1pCAGooV+YmP/Jh6cH/RpBzXkn&#10;uEd1D0eaUx7hd+xtEJT6k4sph61B9r3x/qBfI6g5T/2ocTXNRHub/bl3oKdAUOpP7h9Z+I/xT//+&#10;zUG/RlBz/uR/NzofCEp/gqDUH3koR/1R+uupm2x52FPmR+//dNCvE9QU3Zu6Rx2urX/AeMwbh94C&#10;QekNGp7cZkX+Qf7l9//voF8jqCnhval7N7Ka5R5+v94HQekNdoSjXLfkkoa/tx14K7eKIUC30T2p&#10;e7Po3rXk7nHoPRCU3mB/GPbS+uZhHPpf/89XB/06Qc34L3/zw4YB6Z69Or9y5FHyJ/0BgtI7fD0c&#10;6YZgjfMDx8aztccB6oDuxXDuSXjPWnL3NvQmCErvsMcmLie4Yd5Qbr3z23a8bE59/MmgXyvoMroH&#10;dS/66F69IV/dNU7+pH9AUHoHtaTYEo72geUjua6tX/rOQWbPQ9c4Y+9BH92julcjbKHdSv+AoPQW&#10;Xw9zKaqWeWjFFQ0nodDXf/jrHyAqMOXontO9p3vQR/dopLLrKOGu/gJB6T3WhyO++coLcqEvxa4R&#10;FZhKnJiEeRPdmzfn552Y2L0Mvc20M2cwOT2IYs63hcMe3fq8OXj8o4b3Vsy/0PzFlz5vpg36FYOO&#10;khKT+XPONfvXXRf76kd0e+behZ4GQelNhu2s4oaSGdX837rj5ZyoLJk7ZP76y/PNzOk4pFA9SsAr&#10;ZxKGuSQmj665NhXqWkDupP9AUHoX/YN8IRx9SlTEI2uuzc1dAZgMKg0Oq7lMsZiIhbRZ6U8QlN5m&#10;jTHmr8IzkKis3vVqdE6KvJUHV3zW/Mb5v5L7DKAs6s91954f5rwSYycv7lx1VUpMfp9Z8f0LgtL7&#10;qErmj2Jncd/eMbM1aHvhcMIy7/xfIb8CpZClOFIgJMa2Vbk/Xh4s/piqrv4GQekP9MT3ldiZPP7a&#10;e+auPW+Y8USfL62a94e/fWn2VKn/P/2XkBf4BR9/cibrFCxvV8sk+F2DfYZs+Xqimkt823rU0Mcg&#10;KP2DSjD/LHY2CoHdu3fMfPfFd3KfhUhU1A3285/5NGGxAUXhrB/85J/NY6+9lxQQH5UFa9JiIsRl&#10;8EwGBwSlv4jmVBxvnvyZ+eb+o6WEBaAZEpJ7Ri+LLeXrQ85kgEBQ+o8Fdp5KtAufscKiluISllQo&#10;DCCGQlsSkrVLLmkmJEftPBOquQYIBKU/GbZPhbnJjyHKsSg+/uSRk9FSYwCVAC+dN5zl2QpyJD6P&#10;WG+ZeSYDBoLS34xaYUl6KyFPHxk3x06eMsdO/iz3GQwOc4fPMXOHZ8a6Axdx1AoJa5sMKAjKYLDG&#10;JkVLCwtAC7gmj+RKBhwEZbBYY6vBfnPQLwRUwku2/TxCAhkIymCywIrLCrwWaJGjtuhjBwl3CEFQ&#10;YJ7NtSzwXjT8AmNXU3zReyk3coQrAykQFEgxbAUGBo8XqdCCdkBQAACgElggAwAAKgFBAQCASkBQ&#10;AACgEhAUAACoBAQFAAAqAUEBAIBKQFAAAKASEBQAAKgEBAUAACoBQQEAgEpAUAAAoBIQFAAAqAQE&#10;BQAAKgFBAQCASkBQAACgEhAUAACoBAQFAAAqAUEBAIBKQFAAAKASEBQAAKgEBAUAACoBQQEAgEpA&#10;UAAAoBKmcxkhxYydY4uMMXfal+MJvU6vHtmc2K2jzNg59rAxZqUx5vbTq0d2u++asXNstjFGny2z&#10;b7nPctt2Ycy6js8aY06cXj1yfm6DyR17gzFmkzFm7PTqkctzG/xiu5X2+uw+vXrkdu/9O+3+un7P&#10;GWPWnl498lzuAAAlwEOBKNZQPRuIibEGe9OMnWP7YvtVicYwY+fYtpKH3OaJiRjLbdHfjNjfrDRW&#10;TLZZMRESvn0zdo6N8K8C2gEPBXJ4T71i8+nVIxvdNt5ny+Qt+E+7VWKfqDd5nkZGwfc5Mbnp9OqR&#10;J3KfDgYS4O2nV4+cKHm2EpQT9po95/22en9jbmuAJuChQAM2POPE5CZfTMxZg65Q11r758oZO8eW&#10;dfsK2jHPtmGfQRUTY69BKS/Fhgh13Z5zIS77254IPD2A0iAoEOJCXJtTxvn06pHtNt5ubI6iLpR9&#10;Mu9H3O9xpxWLsoT5kkELFUKFICgQ4gRie+6TRrbbcFRXkvOQ4wkrDrNtXqQsi4LtyJ9A25BDgQls&#10;+Gq2DYMUPqlaLyUqOjYWv9IzVjJ228NKqxk7x56129xuPaNldlvjhV0UVjvjcjlhlZd3DLHIbptV&#10;UxVUhI3YsJ7vXW0Ow3vmF7mcO4MwUPR8vO03eGPaHOaBItfqTs+QJ49dAo1/n71mi4qqtZRnmbFz&#10;bMxes5X2Wm6wv3/UMwVoBh4K+DijljREzbBGfFPw5Ctj/HBBFdIGz2Avizw1V4ZXwhuG6jZYcZrA&#10;VkE9HMkpuPNZmdjeH79f4GCC7ffZz3yvoNm1SmJDlE6Iyuy/2QrIw1aIN9mwYfRBAaAZCAr4uNh7&#10;W7kIzzMZs/MZpunlVQxtSJSkjlgvYpqdJ3G+9VqM/XtazHswZ43oYmPMYvvnc3bborkeD3tP4Zfb&#10;71xsx7zIGXKbh3BCsNGdixujfX+ipDrYfru37eaIILlrtcxea/9aOWO+yYpfq7gQ5MpQ8CLXbrst&#10;sHC/t5uHUuidAqRAUKBKnIFda41Vhq0e2mgNeTivxVjR2G2Ky4InjTWwI7Ya7CZnOG1oyAnWRKjN&#10;jnd3ZBKn29YXxzu9cKGrgjNWCGPhq9S1WuuJSuxaFWLPpbSXou+WAFtBW9zNCaDQ+5BDgUqwnsdI&#10;Qenubjd/JffJJEJsLeKe+HMhHWtIp3l/53JE9hz9fIpfTZU8tn1vwluwnoe7VjEDvjmSt2mFtS50&#10;6PIjVV5EgBQICvi4UEcsLNUMt8+IjceniB17qsp93XeXDulECgxSFOWfwveKtpWYjc3YOXbCXsvZ&#10;LUxUdPsr4b7deigbEh4SQOUQ8gIfZ2ibxu71tK6kshenb2XuQ09gk/R+gcEJ6z2srWj8ncxVuEmK&#10;i9pJ8AO0Ax4KTGDbb4zZJ+ORJsnZZfY1EjwBq3HkTbmtewxrhBdZL2K7n+dIFBa0Q7PjnGjVO3FY&#10;L2UzrVRgKsFDgRCX/2iWEHafu+1d+KbOE+OSIT3rcZ2ZsXPsffuWy19s9MUktb93/jHvLnyv0BO0&#10;gjV7sqFAW0wwZsfbcoIfoFUQFAhxxnNDqk+X9/Ru3PbWm3HeTc542c7BZ+w8lW5R1C7GvecEsiiE&#10;FwshTbQ+yX0SJNdtJZa7VrGxuOPHihtaxf2e0d8SoEoQFGggKKFVjmRiUp4SxLadvD/fwk8s+3Mo&#10;Nnj7bfCMZNkEsXs6jz7Ft4OtdnLzTfa5nlfe7HZ/fO68NnjbjdjJiDnjbL2YiWMnzt3HXattvgDb&#10;6+3+jlWMtYT1UqLJf4CqQVAghzVCE3MZrGehyq33PWO3259vYRr3m21F5Yw3A3t2iy1FJsJT9jit&#10;9Kcq4navo+77dnwPR8a3ObLdYfv3xkQ4yl2PZcG55zyN4Fpt87Z34rOxqHVKi9BvDaYEBAWi2AmG&#10;ayPG8Ak7GS86AdG+vzGoYHrOGsjS1VE2hOZvX4mnYo304sBTGgvHZ7//puD8n7Az+t1T/2w/LGjn&#10;3ywO9tntzfoPxxK7Vv53VIIVSbwU6DjTzpwpmjIAAABQDjwUAACoBAQFAAAqAUEBAIBKQFAAAKAS&#10;EBQAAKgEBAUAACoBQQEAgEpAUAAAoBIQFAAAqAQEBQAAKgFBAQCASkBQAACgElgCGKBF7Pold3od&#10;kNXJd3OqNb9dE+VOb6XH7anOy3btlU3BQl3J7SP7b7It8G+PjceuBrnJW1Cs2djD8Zyw29MSH3LQ&#10;bXiAsMYhXPDphF3IaXOz9cutYVwZtJLfbA1e0frzhczYObbIGizfiD5h16fPGS67IFbZlR+fO716&#10;ZLG377MlWuHvttcj1/LdM9gx1obLBRds3zAu8wtjvy+1xHC4fWRsOq9n7Z85QWly/NjYZ9vtY9er&#10;tMjB4EDIa0CwxuZwxLg5kTlst8lhVyp81j6phtu4fWNL2TbFitSzkaVzl9lFuva1cdjJstKuVtlg&#10;eO31cddPBniaXt7aKpvc6o7B9ifc9saYy61YLvJXw3T7W2Ovz8+329/urQQZbh8SE65mx3erczaM&#10;3eKWes7WkLHbOxG5s93fHPoXBGVw2GbFQ8bkcs8YugWhZsee+oOnVLf4U7iveDglSCmsmDgjudkd&#10;NzB0ywrWod/t75N4pZ7qF8e2twb8ObeSYrCPE72N/tO8XSjL7bMysv1mt32wcJi/9O+I3Xfs9OqR&#10;m5y3aL0Mdy2SBtxe+6LPU8ffbD3U2RFRd8db67w1ex7Oa8wthQyDDYIyANhVBRfZsMlNfnhKhkLv&#10;WYM44q9vbtnmnmrtvrsT+xpPHJpiDaDbXsfd6O9jDZ0zvCv9lRE7iT2/m9zyv4GX4sYQyzc4gVnU&#10;bHt7/cfsio8jwbax5YLdWvgjodfksc2OORema3Z8b5+JY9sHCf19IhL6c8eobL1/6A8QlMHA/cOP&#10;GROHM3q+UXFPtSdSy9haJp5YCwxeiP/0Hh2XfRp2xiz59F019um9wcgGBjaWL3L5p4mw0enVI84T&#10;jG0f4q5batvc8R029LTIilp0f11LOxbyHtAxqPIaLHLGyGE9gjAB7oz47qKEvZ6gZ+wcc0n0qEGL&#10;4I69Pf9RA9vt03UuOd9hGgy4Pf9pBV+ZvLYh1jtrECfroW3MbVzu+C5PszkSpiuD8158z/XEjJ1j&#10;zitaFHgpfnUbwAR4KIOBMxQrW8xzFIVJGrDhsFJG34avZtsQXKEA2Sfr2ydTRdYmzoAnhTTAXatC&#10;IxtUqDUTU7fPolT4yYYoF9mqq7Jj9fd/2PNCw/G4v7c5z9N+34bgc4AMPJQBwHoQY9YoPet5E80E&#10;wIVhCo1kG3TquJVgDfgym8BuKqbW2BaKrzXEvvfwRJg3KsCFB2PH3mAfGFry4GbsHDsclA+vDQVJ&#10;94dXaq5KPvfRCVucgYcCDSAog8NN3hyEZTbfsalovkcbT+llqeq48riaTaTKzccoos0ncFdBt7vA&#10;yIYhq9mRUFIO681N5Jv8z22V3IitOmv1WobjWRQWD1gxiXm0sxNzWWDAIeQ1IChkpCSxNUq+8XHz&#10;Pd4fsHkF8tTOhC+vqm1jQmQbsEZ9mb2mSY9DxwrmrSyypdbJ3Ij9zHk12yPic6f1olrOL51ePRLO&#10;c9lgz8Vnnz232LyYTZHtYcDBQxkwXPLXqwy60z5xzrYG7qYyYZ6asNvOAakSN9em6RO/vYau9Hlj&#10;2TyPxmwnbDrvIyUID1txey6szrLe5UiRiJUci8KhJ6x4TIzFuz/GbGl4bPsNBWOHAQQPZUCRYZC4&#10;6EnVe+o0wVwS917L4Q3r8YQewPuTPW6FLA4mNLpwz7IyE/ZsnsX3HlpNUPvfl8Mmy5fFSrat53Kn&#10;FZpJG3T7AOEqutx43H9z52W3f8KG7aLjh8EEQQE3cc4ZrUXeXBJn+GNx9AZm7BzbVqI1iKOV48rI&#10;7et0OM56OrmqphheT6zZNv/UztwOF77Khbx0Lb2y6liFm6uSWxQJ2bn9Hrbvlb1u4Xjcf1NeV+nf&#10;EAYHBKXP0dNs4B1EsfF5ZyScMXFGpozRWGbj8FkC2cXog9f5pvG7imZ++8dd1sos/HaxwjBmzz/6&#10;fV4rmtn2+lQacvM6ExsbRqtr+LHqQg3oAxCUPsfmAsZaDE84Y+HCMiubJI9XeuGrsgbQbRe2egkp&#10;KpntBM5LSc3ZcXmNsaJci661FfLDuQ/P4o495u8T9DaLhrNsuDLXhywI3bmea7vtsffZ8aSudzge&#10;d14pwc+NHwBBGQwmuuGmztYThee82dtjdt9o40jT2BLf2CR5WQPjDPeGlNDZp/VFwfYdxRpxdw4b&#10;IuNxY11bdK7WszjhZprnNogLpcvJtDJHpSzue3LX2orMiE3AO680KfjePJ0TUyj00AMgKIOBKxVW&#10;zP3ZsNzT/u2MWfhU7MJAy8JchjVErhNxYdlsiDVcbvt9fv7Fhum2eQIYK5ntJBPdfYMcRNP+YwFO&#10;BCc6Mdtz2+c169xuGo16LglfEdvtsVfaa+v/hrnf3no2rmHoPm+mfMNM/5SHBoMJC2wNCNag7Ysl&#10;gT02x56MS+x7wnYMbtnoe60/UuRKg1tcYMvYORQnTOMCW4uLxuttly1sZb2oMmuzhAt67Yt5BVak&#10;Jzo/F2wXUjhR07ueue2aXLfcb29F5NnE7/6EX04MYPBQBgdrPN3ExjBUs9saoJyYmPy+/hOpa0h4&#10;eZFxLsKKxdpI6OQJG1bqxNN6GdzT+iJvTkY753eT9Xj867bdCpr/O3S8WsoKzOLgWj9nr3Put7fj&#10;WxzMoD9hiwUQE8iBhwIAAJWAhwIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAAlYCgAABAJSAoAABQ&#10;CQgKAABUAoICAACVgKAAAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAA&#10;lYCgAABAJSAoAABQCQgKAABUAoICAACVgKAAAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAA&#10;UAkICgAATB5jzP8HE4ugsZDqLWoAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAHk/4UN3IAAAdyAA&#10;ABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAADUlIRFIAAACvAAAArQgGAAABsV0f&#10;6AAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAAAgDElE&#10;QVR4Xu2dCZwU1Z3Ha7p7jNFsNvuJB6JR44nGeJA1xitxvVeNSYzGuCZmdxPjJiaawzvJjgIeICoQ&#10;RAZkuqpGQMYDEMSLLHIPMMAAwzFdVT3MMMPNwAzXwDDU/n+v3uuubqqHnp7pqe6Z9/18/p939utX&#10;//rXq1dV71B6Dm1tbc1fLZpjtyclizfaPHv6eBXkJTx7+iQXIEiO59nTJ7kAUahwhfDs6eP+8bY9&#10;B+0TXWG38Ozpk1yAIDmeZ08f/Gjdlj1HFJQsPHv64EfuGgrg7ztwbucKTkd49vQZtaA+VkMvEfDs&#10;6SMKPho8e/qIgudFd9pXjVzC/MDYttd+dEp1rNY8e/pkrcY/m1DFf5qalRt3d7xgQC3cAJJIKuHZ&#10;coyAbn4e1K1lIdV8Uik1+od08yBLCNf0YW5HoQKKFL36kkCp9dugagxBXFC1whCWQYt+L+aX5BbJ&#10;jY6X8Kzpc/jw4b5eBSXLnGhjxwqngs9ILgSNzw/DKxLiZho7Mi/4pGfn2O+t3BIrDAh/pwqGvDan&#10;lrn7Dh6yW1rbuq5gCNi5rzUhrksKhnz9hfkJ4YwLBnChAndYuF1W42TJqGBWLcKrwPMGL2RpnSq4&#10;PTpV8KpNu+3NzS1266E2++H317EaC3KnxoD/9qjw7B3D684shI7qeJ4tlyizgyHN2lWgRmYG1cjN&#10;Ic2cGtKMvTy162F353vKgvBTt6CIRUryAjLhE/nlkRF0GbTxorLPCXRrTW5EMxXAi80OaPK8/ljI&#10;pa8tsr83amks3Hb4sN3nuSPzCcmoaewI7VX47JcWMI3BD9QlDfYpA+bapw2ax8LJ+SG+VhgCotv3&#10;Mf+OvQeZu4Ke1oA7nxBfK/ydEUvsi4aWM/8B6tmZ1C+FP1VlIb5ruKPSrRUGj02L2CPnb2Dh2sb9&#10;LO67dNGNmFdnlyxuYGGkjS13/Nv2HLAnVW72p8JdId1SYbxvWVzX5FmBjgjotgqnAhfboJlR+3eT&#10;q5ng2a09fK9wR/GtwjeMWRY7zbU7nYsPIA4XINyP122PxQmyXmHwr8MX87/rPLWN+7JfYdJy30te&#10;XWRHd+zjf9txhJZ5kZKUBFRzPnO16IOhcGRfsNS8PaRa7wVVY5wyes0pAc36S0AzFgd1CoMS46qM&#10;X4H2Ckh7E+EWatZLLALMskPc51BcUcjccM2xcEK6sUkZVfsvcAv06FCW5qbYLgyFzT08JJFIegRt&#10;bW2t7FaVIXS3vIgXlX0W1e5it9bOCuBFZg/8idefZyq82OzRtD/xk0RnhUzjEl50dthKD5FefyyE&#10;KpAQPtoZ8bXCP9ZX2hcMcT5UVG2KvzzZe8D5/OIlvlVYVA7v1Z6eYcTC4ARXvmTxtcIire8AZ5gJ&#10;+P64Sua/961Vsbxu8bXCj08zmB9fhkTc1t1O/svpsUrkdYtvFRbvKUBy2vurth4RJ8TXi07IHGsn&#10;ez8hwrBpd7pbfK9w8oOpVx635ISGOyLdWuH2mqt0pVsrjM8BbvBmB/ECNG/9hzkvXfDqFWkYwuAe&#10;xtDtFT5t4DzmB3D70Z1OpAsRaV4ibTiZvKxwe6c4XRlbXm+jq9ptFRZc+uoizwqlkta2w/yXtj8V&#10;TuaT6u3szTtGmQz8LGrvoa5lKnKiwh1BVtiL5ArDLq97Yynz/+a9+GAj4Z47eIH9j8gO5scogNup&#10;fyzwrcLgf95by9zLXitn7p+mRRI68rv2tdp9ku6M0iS8aGlNfdV3lF+8vQZO4rvlrgb/MH75Jjid&#10;5ozn53XPRxn8mbDNTKjf1WKf+9ICmMM5vMjsQ/8bEmPuMpCXeTGSHkpp5LRgqXFnQDUfCobX4zvd&#10;loBqPRPQzV+HNGsrsgRVYx3LSxTqln9fQDEyUymyAyHNuBLhoBq9GRUOqeZupBVqxmIWr5mlcJXi&#10;dScwV5ICOu33wSWNjWURBGn3L9zLYENUS4z+cJn/5crjmcsJatazCWGXP7vodew7RSBszA2oxhzl&#10;baM/zANxQdX8Eb6E0oHdhnBINfbBBcGwtUUJV8nvzRKJRCKR+AQ9YmzDs5F47vdD8LkAb9KpLrt5&#10;tfIfesj8NyjW64D9FKoXFD2AVzN/yUXlCoGSeTXzEzqAM/AWzuvg0pWft7MAwf9+bHn+Jl3BMGuq&#10;Y3bf6mWTzigYuKcknzpwnv36/A32xOWbEz4C/va9dfb2Pc7coY5Kr1TwuEUNbCob/Je86rwUx9v6&#10;5HxCXpldy/IcajtsN/JJWulKr1QwgIuRNsJfvNCZfXH1yAr7HD5Vb81mZ5kcMHqBMwUKnDd4AfOn&#10;I71OwSc/53yqgR9LIYSXbGR+EecWESe+W4m4VGO2vKRXW7Dwi6EuGFIocI8KaW5ptU/mU3+BiE9H&#10;eu1NDlz2mjMyYNyijSy8ZfcB+4GJq+373qqyVzQ4YznF+Lg+LsvviPRaBUPwJQysb3RmGXvJ4rpd&#10;9sBPo/aJGU5e79UK9pJbxi5n4pWWiUgFZ1l6rIJHU7dL3Lyw7JPKewtC7i1dZT/GB0u7Bfm+NsgZ&#10;eSjG1v9haiSWPnjWevuFmTWxMOSKEUuOKF9Ij1UwEONK3fFoS91xs4xG9qQG3E91wO0Kv5vkdC/p&#10;8Qo+/XlnHQ8B0j43G3nItne3JC625f49XDxsCP9q7gdilsgjU5yTIxC/FyLb4CxLj1Hw0M+dFfBy&#10;SRbX7uo5Ck5eyeFd11qG3SU4yW4wALHHKtgLLG749AzTUzkdEaxsuYuUdzR6nYK7G6ngLNPrFFy5&#10;sdmesCw+/BhvyYrLs3dieo2C0W4K9yOP5Ykenx6xV/KZ0DgBGPIvwCckzFW4h578AH43M7KD9Ym/&#10;8/f4kufu8gS9TsFitcO/fWLZn1TvYP5rR1UcMZPQrWAABYMz6Ulv8ipntS6sJ4815AW9WsF+gdeg&#10;ea9ggIPxsiC/EXXi1cxvxAHV74ovDecX6CO7TrizCFVPgA4miCPCJ/lXZ3f/o/PfPrbYp31AzcIX&#10;eLUkEknuElTNkczVLItFpCCoWoO5t0MUaOZU5nGWTCxg/t5ESDN3ME94Xb9C3RodUo1PsVA/ttZh&#10;8YQzNcx8kk0P0/kC/lr1BbG8muGspKhZ58GhuEkszKF8G+WalBJJThIYZ/yEezF38S661A+wABZB&#10;1Tc5O4sU2SGxGKogOC5yN/c68Ms/EI4sYVMGXVD7fSPcQt3YX6habGpAQLVWhTRjOvOHjQeVt8xv&#10;wi8IqOZSuEHdeINFvLn2n6hZuon584piu5AO5tGgbl6vTKjtW6CaHygjq76EtpPngIIDBZr1rDKu&#10;+iwoPaBFf4FoTMdl6QRrR+Fq1tZUCg6FzQ2ksNHwY94xxcc2cGNTfjkB1ajk3hgU9wxzw8ZcFiGR&#10;SCQSiUQikUgkvY62trZZ7NOBT9D/s8WYehSH+ZaP4SXOIrx+iZj5SVzKq5bf0IEci6PxOli/BNAJ&#10;/zKvYv6CAzm5ne0x/RLAq5ifUP37idX7c00qG5phvT/nVc0/6AbS0H9Yx9Zn7i45daAzzIpXNf9A&#10;5b0OLFek1ys31VaFmBWE+XJev0lXAK9q/oHKex1UuoLRPKkWy1hUt4spJ8I3EM5EAK9q/oHKex3U&#10;0WTlxt329iSl/vekNfY/jEb7z9PiszMh4Nsptro5mgBe1fwDlfc6qPbke2/EdzmHuJuFyobdbIcb&#10;4N5SCorHwGn379IRwKuaf6DyXgfVnoBvDXMsEQPtIMl5hGCushuvPO0J4FXNPzp6wHdpK9kBw/+U&#10;ay8xCHaTB/sPxlcpwa4Vok2Gq1d4T9ZOJYBXNf9A5b0OKpXgkn/DY1EisGC9s5tiWeVmFha/Ef5r&#10;X6+I+dMVwKuaf2RysNhzQvjh3j++Ck9SCfkwH2LMwvqEfMn+dATwquYfmRxssnIfmVJt73PdvCDV&#10;W/fYc6M7E/Il+9MRwKuaf2RysA++szbmx0wg4b91rLOb/DdedhbMcP8G7mmDnCUMRHw6AnhV84+O&#10;Huyfp8VvYut5Fwz+M19IXPsBNz7xG7HFY2TrXnshb5fTFcCrmn+g8l4H1Z64fwM+WrstIV3Ikx8a&#10;9k9di8SBE13p6QjgVc0/UHmvg2pPlm5oYgctwoIRc+vsm8YsZ0oVYC0z5NnfeqjdfWpTCeBVzT9Q&#10;ea+DOprcOnZ5wkuZ8wcvZD0EdNWw/MsP1RWxtCGz1h/Rm0hXeqVyIYJbyFq90s9+aX7GShUCeFXz&#10;D1Te66DSlf+gPm57/PWjzi2oAXhV8w9U3uugMhWswIcJ2F5pmYhUbhZFKjeL0iOVu6SuY539VOJe&#10;jS8T6ZHKHTYnPhEbm+k/RX1XdzpeymBBenfcf05abQ/4LBoLww9+VbaGhZHfa31IlHVDceILeCGA&#10;VzX/QOVTHZRwV2zcbVdsaLbfXr6ZrRAC3uALZ2iupb2rNu1m+5UDxN1R4mwve/Er5fb1pDwglnS5&#10;ksrpyz+dj1+2ifWPsYin+H8hgFc1/0Dlkw9IHBT2mwbJ8e6HB+B2IejbYm30S1+L/z6ZhqYWtlbO&#10;PaXxdxBeAnhV8w9UPtVBnUXtJUiOv+b1JcwvLE/EizxQ7sOT1x2h3O+OSrz0w4sb7GX1zQlxyQJ4&#10;VfMPVD7VQcHd3NzC/KCWL9vtRlzKQPxWKFfEz4nuZNbupj9fax15BWhGRBlCAK9q/oHKJx9QLolU&#10;bhZFKjeL0iOUiy1pkg/MT7ng5Xhbzquafwjlgs6+HuwqESs6wQ94VfMP90G4ETundJdg60h8a3OD&#10;eMCrmn+4D8KL97K8sjQejVOBdMCrmn+4D6I9cKGu2eJsBdZZwTc4d/82FcgLeFXzD/dBZELtzv32&#10;kM/X2899GrV/N7navn9CFXPxogfx+Jx+dDV60+uVm02kcrOIVG4WkcrNIr1KucmLyCO8/2B8a8au&#10;pscr9+rXK9icB+Qxt++zB810Pt0g3LjvIBtZgx6C4Jf8k45A+OEuqWuyF9U63+Z27Wu1f0+9is3N&#10;zuxNL0Q8r2r+4T4IL4Ry759YxfLh0fT9VVvY3mwC9++xs4oIw72Yf83A9zPwK9fw02++Um4/Pt2w&#10;79adTz/JiHy8qvmH+yC8EMoFmN+AvMb2vfajU1OvtC/CcCFnvbggtl8bxo2JdKz0D3q9cpEHfpEX&#10;7q1vOmPE1tKTmxt3ecJyp6zaGtsyYWNTS0KeXqtcP5HKzSJ5r9y2trZWqdwsQcqdOXxunY0FLXKJ&#10;PdTr+EnpKiwotIdXNT/BweSa9brqE+TVzE/IOmZjN5RcUfDpz89nw6KoXht4FfMbtL0YAAIFlyxu&#10;iM087y7wieeD1VvZ/9dQ14/qc4hXrWdABzQBB4oJ0hiKhAPtLsF6Ng27nNE9VA+2hnmP5PDhw7fS&#10;AX5IEulG+ZD+9we8ChKJRCKRdC2BsPmIUkYdea3mSh4VI6Ra25gnbPyQue0Qy+uiULfYo21It6aE&#10;VGM95ekZ/dq0GBc5kfsY2NUkoJrl8GMHElJKc1AzhpOMUvRqtoFnSDemhTRza1AzLVLWezzvY1Au&#10;xc9yb/+FPEHdqIFyA6XmowEtei9P6gUMn/EFejhm+5hhyxkoFtt0sTQCCnOUa97F9vdxQYrcEdKi&#10;vw+GzdtZGMpVzTKWyPcBgnKVDxqOg3JZfG8De+iQUtjLE1guKcnZLImg8OFk5ZLl7g9q0RLkI/mH&#10;E2c1sxOhGy+69/dhyiVE8yCRSCS9AbqDh7lXUcbX9EsIc1hccepNkalNfVrc7ZHXEXMotckDud/Z&#10;TFS17la06C3Mr1kvKWr1qTw+jC5f/LcG61UEw5FXRDrLk08EdVN33Ogg7KDHIomQbm7nXqVQNdjr&#10;v2A4yg6UblAHg6Xmy/ADuunN5F4G3aAquJcUGFnJPEV2QJlU90WlxDxXKSsLKsMjbJPlkB4tC+jR&#10;XzO/ajXBZZvcIRw236ZeRwv8Ac1crpRal8OfP6i13+A+UqL1M+4lSzESrWR89Vl0p29l/iL7mFDY&#10;+Iz5ieS7PVnkUrbVYlHVMUy55A/o5m+QRj2MQ6GwtYVlJEKl0YeYp2hWSPn7mq+yON47AUK5LD3f&#10;QBfJcY19cOkynsBc1RwDF9DlaMClg94WCEcfYZEgXPMV5urRKxTdvJ4ssAhBT8tFHtsuIMU7Dx1I&#10;K3X6wFROP+rKHcf8QK909sMkhHKpz/wu9bPvY5ESiUQikUgkEolEIpFIJBKJRCKRSCSZYNv2cYcP&#10;H76lra3tFZJykho22ryHQcdVT7KSZDQd750k+b9/dG+DzmMBncBpzil1lo47cKjNfnK6YffJwX20&#10;u1Kwz+FD7661t+0+wLZKFZA+NpET4CqS5Bp0cvrQSWKbK27YuT+2gGNvF2y0gVWbBXQxX8FVJvEb&#10;Oh9oaRfgxES3Z77pcm+QKau2QE1oiRvIOYarUOIX7GwQ9+jtL7gvJS4uUo6JlGQZakFm4wwM/dxZ&#10;UkhKenJneAWzXNIfG90n8QH0cbGkntcJktK+rG901iMjjuXqlHQX9OBxBjS/bY+z5KDfgnXPfjah&#10;yl5c5+wOm0w9PUQ+PcOwTxs4j70V8CqjO2WmsYPVi/TIJlhKuhFhvFt9Mt7r3lhq1/MFStyY2/ay&#10;lRGxw5iQok8se7a1k+eIs/9gm/23jy3P8rMt0nh9xA/jxR5X5bW77DOfdzZx/N3kdfYPqP+YnC8d&#10;OX/IAlaWAN2fzm4O2RGRxusjfhjvg++sYR899IrETTHRDbhj3HJmDEfjmRmmfVLSxxK30SINa9u6&#10;07Mh0nh9pDuNt7WtzV61abd9xvOJu7/e9uZylibA4nE3Fi+zT/b4kvftEUvsaWu2sXx7Wg6xnbpF&#10;Wr8hC1n5brK9Tps0Xh/pDuNFN6G5pZWd5OlkeCK+z3NzYwuxYqVFsUWmW7DR1vWjl6XcOu66UUvZ&#10;ku2Cg4fa7D9OjdgPTFzNY2z7slezZ8DSeH2kO4x3UuVmcYIT4gXzaxI3QsfWTW7EVngC7GCMLobI&#10;797YAfsJiPj3V21lcWLzhmyINF4fybbxwsgE/ejhSsSXVTqfWDfxrQAgGPCDlhN8tDbeQrsFbxwE&#10;F7rGXUzmhtpCLbg7v+D60d6by3dWpPH6SLaN92TqGgj6DJgbi9+5z+lGhPnm/JBnP3UMs2l/ayzO&#10;S+ZEG1m+udGdsbgr/+5s+g/ceQXYj94d31UijddHsm28YjcbgEWnRXxD034WJ/Znglw9soJ1LcDP&#10;qSsg4t3Sf9hilg4e5NsPQR6bHuGx3sZ785j4g11XijReH8m28UJW8zcAdTudvQYgeIgT/NTVKp4/&#10;eCGPdaim/u+8mp32yo27Y4YNruU7GEFOG+TspQVudb19eOpDk8fanm8uukKk8fpIdxjvN4aWsxMM&#10;8CZAxONNgqCirinhNxC0rHg7sbS+mW1q8fQM84g8fXlrjr71TWOWxeIvcv3nH6bE/7OrRRqvj3SH&#10;8UIuH7E41nImf8otXx//Qga8Xpm5BQPDrW3xNxJ4DedOv9zVtXhtTm1CWleLNF4f6S7jhbi7Cu7b&#10;vhB8mMDDWro8RC0zWlx3Gdb22Cgv+xrqQ7vTsiHSeH2kO403WcQOm3/6oHO3dffDWMWGJnvE3LqE&#10;9GyKNF4f8dN48V4Xn3OpDswABGPK69ncudOfnxd7vYZXbhgGed7gBWz/XvE+WNC496B9SpYeytoT&#10;abw+4qfxJssVI5bY6pKNzBiOxv+R0fz72OVZe4uQrkjj9ZFcMt58FGm8PiKNt3MijddHpPF2TqTx&#10;+khHjVdwHj04eaV3p5z14nxem8RPwt0p0nh9pKPG+6t31jA5wRU3cKb3smUYASby3DB6GU4wT4kz&#10;YdmmI97V4kHMC+x0LvLeNq6Sx8apbYx/fn7u0yiPTQTxIg8EbzQwdSiZ7aQPXBzuvF4ijddHMm15&#10;McsXU23Edv1/+Sjx0+1d6gr2UQJ+g38Nm7xqS0KeG8fEjVTErd/hfGSYRobqnsaDxVAAxvZixgTi&#10;MEtCIPJBmvmHjoffX5cQ/84KZ1zxxOWbWfj3k9exMIARi3yYW3cHXRwi3J5I4/WRzhgvpuQIvPJC&#10;3KPKTnAZoxCxdNLj0w0WFiTng4iW+2EyOoRTGa9gY1OLvWHX/iME04yQb/Vm5yPJt4Z5z9JIR6Tx&#10;+khnjBfhT9Y5Jw+DwO8oqbTPeWkB++IFxNJRT34YH654b+lKlgczHrAKI9hzIL7giUCE3ZJsvGe8&#10;EB9N5r7FD/28lsfa9jWvV7BRZ+fSf862nHHANxQ7A3i+NWxRrMxZRiP7MIJW/cM12+zI1j1pTeCU&#10;xusjHTVeDB6HiC4BBCcZI75aeN+xlW7tT0wzEgafQ+7WVtoNrjUaRi+st79GhuXOU9nQzMQdJ2R5&#10;fRNLu298fAjl2S8usKO8qzHHNTgd9Xt8WvyiAZiO9HWPfizGCLtXgKwkf6o5c8kijddHOmq8UhJF&#10;Gq+PSOPtnEjj9RFpvJ0Tabw+kmy8oxbUs5NRQf3Li13TyKU4ffu3lm6y8YgnJolK4/WRVMabDB6u&#10;8JbAfTJ7uuCh74G3VzNjTUYabw6QrvG6od+wd6W3vpmdGbl+CebaLd3QdMQiJ15I480BMjHeVOxu&#10;abWHza1jyzO5jSLXBO+YB82sYR8sMkUabw7QlcZ7NGDcI+bV2VeNXGJf8uoiu2/Se+CukAtfLmcL&#10;kDwytTr2WTobSOPNAbrTeHsS0nhzAGm8mSGNNweQxpsZ0nhzAGm8mSGNNweQxpsZ0nhzgK4w3qv5&#10;6jdidBeGICLslpUbnVFbWMXca/ws4rCrTyowewP5ksFm3mzI42C28yzjx1p8F0+sXyZ4d0XiYHgM&#10;4xTg3a7YIiAdpPHmAF1tvDBA+K8YvviIhUEA0i59rRwnm8c4IB6CergZMstZa+z7Jc5uQW6wYAni&#10;sMeFMF5MPcJiJgKk//VjMzYAfSFfFw3jkbFOBDh/yEK2/KpYeScdpPHmANloeWGYxeX1bJUbxGPd&#10;XbS4Q2c728NOXI6d/xN5fLqz5BPG63rxp2lOuuAn+ir2rhhcTK4w3l+WrSFDjA9Sx28wHQhGC7+Y&#10;PXHmC/MSVqkEd1OZ7v9oD2m8OUA2jBcGIj6xilkSmO8GxOwEtISCFdSlQBwGAqUi2XjduI0XH0KQ&#10;74npBpMTyL+52RkAj7EK+IDx4ZrtLE/JYmzaHkcab57RFcaLfdVuov6imCWB6TbuLaSmVG2x21zj&#10;Bep37WdThkT6H6dWM6PLJ6Tx5gBdYby9EWm8OQAp/RT3yXhldnzyoiQ18/j2W/NrnL2QpfH6RFtb&#10;G1uaUdzqJUcHesJaD2S0LMxVKeluSPf9cAKwxi3WVrhgSOKmJpJEsGkhjFe8uSADvpOrUuIHuO2x&#10;M0GIae01jfE3AhJni1noBW9MRItL7pNchRI/oXNRSF0Itu+U+AAAce9x1hv5oGpb7IKeynfaBGS4&#10;J3LVSXIFOinHkxHX8XPEFhlJZ9G5nigw2mFz6mJrspFemnCX4qqS5DLckD8iyXzOTB5Dxw0WkR6+&#10;zlUikUgkEolEIpFIJPlDUDXHFOqWHdKs5qBqDeDRRyWombc5rjE8qEZvVoZHvhzSre0h3dgUUq0t&#10;LFMG0G+3cW+70H8dVNS6U3kQ4SlKuKZPULOG4XgCuvVHniTpcZSVBclQmuDyGEXRjCsV3TyJ+ckN&#10;lpo3kEH0Y2GC8n+bjPyaQq3mMnJ3KaVGf0WzzkPekG4WkUGPVUqMr4VKrWv5TxSl1LqclSNAuWHz&#10;hlDYvJrHKMqMyBdYnuJ1J7iNF3nwf0pR1TE8Kgb9l0UXm6GURk5DWBgv1aNeKSoKhDRyJT2UCdbJ&#10;AdWYw0MJBFTzyaC+/noWKKv6ErVmEXjJWFaxOEIYmWh5yZjuCtHvlOKKQkpjLS+1wvvhMsqsf1aK&#10;ZoVgqAhS/klknFOUcVUXhtToByxPkR1g5Y6LnEjG18DiiIBmzObeGDBe7pqKVnuNMF6WKOn5UKv2&#10;vlISuYkHFbrVzlPC1o8DYePBgB5xbrtkEAHNegreoG4tY3FEWsarmQfhgpBqHKY8zwfVyM0IB3Tz&#10;p5Q+VdErjw+ErSUsU7jmWFbuKwu+GNKMnSyOCLguGoEwXlCgGdOpxW2WxiuRSCQSiUQikUhyiqBm&#10;WfSg9IEyqe6LoRLrt/Qg08KTlALVHEEPPg1KafR8lq6ZzYGw+QhPTqBAMz+hh69RyBfQjQeozFae&#10;xCgIR9SgahpKeO2ZPCqRsdbJVH5LQI8+wsrQovMCqrEYSfS7H1E9lyI+JvRwxtK0yMpg2LxdxFN9&#10;/0J5NyAtoEYfCKpGJYtXzcmKGvkv9hvV3EcPlPfjNR173zuy6ktKSfW1eChEXvrNAMoTRV5RrlO2&#10;pQX12ntYPBEIR55gv3FB5W2N/Ya/GZFkgWDYUpUS85s8mAAZz71B3RzDgzHoZI1X9LpzeDBGQDWL&#10;KG0jnfgwGc8dPNpBq76RjKxYKW44DhcAe+WVgF1QqFqtwiCTgfGGdHN7iC4AIfR/j7I0Ml4q85NY&#10;vG6soHqXIS2kRbcqevQK+PGfzLCSCKmRLYq25qs86KBGziZjZxeAgH67XdHNi3gwBi447iVjNp+g&#10;i2cHXYB08Rrjqd5v8iRJV4OWqUC3nuNBhxLjKnwwQAtJJ6yZxwoKyDjXKaWRL5OBvI4Wm7XaunkS&#10;nbBFPA+D8o3D6y8YBp3IRpE3FDY+C6nRzTxbDDKCWUpx1ek8yGAfEageMN5C3arg0QmwllezbuRB&#10;MjJzr6Kvv4oH45DxBrR4GVQ3je4UA3nQQbNOx51IKV1/IY9h4FgL1CQ9cdzGG6SLlC7Ar/AgXRjm&#10;Hu6VZIUiO1BIt3t8EmW35uKKQp7CCJZGby7UrBaWrlb/iEcfCZUT1KND2adilW7b46rPQjRazOQv&#10;XOgakGFO5ME4ZVXHkEGtdP4LrZZdgGhuvHaSsHfAycYLqAX8nLocT8MfCltvI3+g1HyIJYaN6wrp&#10;Vu8uK6gb4wr0yAx3HITlJ6hONdx7BG7jBXShPsPKlK2uRCKRSCQSiUQikUgkkl6Movw/wM6/nxTr&#10;Uf8AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAPmcCH7cAAAABQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81qwzAQhO+FvoPYQm+N7JqUxrUcQmh7CoX8QMhtY21sE2tlLMV23r5KLu1lmWWWmW+z+Wga&#10;0VPnassK4kkEgriwuuZSwW779fIOwnlkjY1lUnAlB/P88SHDVNuB19RvfClCCLsUFVTet6mUrqjI&#10;oJvYljh4J9sZ9GHtSqk7HEK4aeRrFL1JgzWHhgpbWlZUnDcXo+B7wGGRxJ/96nxaXg/b6c9+FZNS&#10;z0/j4gOEp9H/HcMNP6BDHpiO9sLaiUZBeMTf582bRjMQxyDiJAGZZ/I/ff4LAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrCMBCG&#10;7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYFQayD&#10;cWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LHZGVE&#10;fURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvIFuRz&#10;h+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPnsoyd8CAAChCAAADgAA&#10;AAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAGNVgma07AACtOwAA&#10;FAAAAAAAAAAAAAAAAABFBQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAeT/h&#10;Q3cgAAB3IAAAFAAAAAAAAAAAAAAAAAAkQQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAUAAYA&#10;CAAAACEA+ZwIftwAAAAFAQAADwAAAAAAAAAAAAAAAADNYQAAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAA1mIAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAcABwC+AQAA0mMAAAAA&#10;">
+                    <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                      <v:stroke joinstyle="miter"/>
+                      <v:formulas>
+                        <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                        <v:f eqn="sum @0 1 0"/>
+                        <v:f eqn="sum 0 0 @1"/>
+                        <v:f eqn="prod @2 1 2"/>
+                        <v:f eqn="prod @3 21600 pixelWidth"/>
+                        <v:f eqn="prod @3 21600 pixelHeight"/>
+                        <v:f eqn="sum @0 0 1"/>
+                        <v:f eqn="prod @6 1 2"/>
+                        <v:f eqn="prod @7 21600 pixelWidth"/>
+                        <v:f eqn="sum @8 21600 0"/>
+                        <v:f eqn="prod @7 21600 pixelHeight"/>
+                        <v:f eqn="sum @10 21600 0"/>
+                      </v:formulas>
+                      <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                      <o:lock v:ext="edit" aspectratio="t"/>
+                    </v:shapetype>
+                    <v:shape id="Imagen 7" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:4826;height:7194;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQLcSYxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvdaMHW6Kr+IcEi5c2evD4yD6TaPZtyK4xfnu3UOhxmJnfMItVb2rRUesqywom4wgE&#10;cW51xYWC0zF5/wThPLLG2jIpeJKD1XLwtsBY2wf/UJf5QgQIuxgVlN43sZQuL8mgG9uGOHgX2xr0&#10;QbaF1C0+AtzUchpFM2mw4rBQYkPbkvJbdjcKbpu6Syl9nq+HJku/012y+9omSo2G/XoOwlPv/8N/&#10;7b1W8AG/V8INkMsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJAtxJjEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                      <v:imagedata r:id="rId4" o:title="Logos Icontec-02" cropleft="10219f" cropright="11317f" grayscale="t" bilevel="t"/>
+                    </v:shape>
+                    <v:shape id="Imagen 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:4762;width:4820;height:7194;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX/EuKvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4KapDkWqUUQoKE5WF7ejOdticylNrNWnN4Lgdh/f7602valFR62rLCuYTSMQxLnVFRcK&#10;Lud0sgDhPLLG2jIpeJGDzXo4WGGi7ZNP1GW+ECGEXYIKSu+bREqXl2TQTW1DHLibbQ36ANtC6haf&#10;IdzUch5FsTRYcWgosaFdSfk9exgFUXa9XPfz5h27vovv77R+HY6pUuNRv12C8NT7v/jn3uswfwbf&#10;X8IBcv0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV/xLir0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                      <v:imagedata r:id="rId5" o:title="Logos Icontec-05" cropleft="10925f" cropright="10964f" grayscale="t" bilevel="t"/>
+                    </v:shape>
+                    <w10:anchorlock/>
+                  </v:group>
+                </w:pict>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="05F8BDB3" w14:textId="77777777" w:rsidR="00D30816" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+    <w:pPr>
+      <w:spacing w:line="20" w:lineRule="exact"/>
+      <w:ind w:right="45"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...36 lines deleted...]
-    <w:r w:rsidR="002D3D87" w:rsidRPr="00B53E71">
+  </w:p>
+  <w:p w14:paraId="329241B6" w14:textId="77777777" w:rsidR="00D30816" w:rsidRPr="00845193" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+    <w:pPr>
+      <w:spacing w:line="80" w:lineRule="exact"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="05DDC490" w14:textId="103A1F19" w:rsidR="00123A8F" w:rsidRPr="00D30816" w:rsidRDefault="00D30816" w:rsidP="00D30816">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Kilómetro 12 Vía a Puerto López, Vereda Barcelona, Villavicencio, Meta Colombia </w:t>
-[...4 lines deleted...]
-      <w:ind w:right="79"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00B53E71">
+      <w:t xml:space="preserve">Página </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Conmutador 6616800 – Sede Barcelona y</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">  </w:t>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B53E71">
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 6616900 Sede San Antonio</w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-  </w:p>
-[...2 lines deleted...]
-      <w:ind w:right="79"/>
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-    </w:pPr>
-    <w:r>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Línea gratuita 018000 918641</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...25 lines deleted...]
-    <w:r w:rsidR="002D3D87" w:rsidRPr="00B53E71">
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">– Correo electrónico </w:t>
+      <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:r w:rsidR="002D3D87" w:rsidRPr="002D3D87">
+    <w:r w:rsidRPr="00D30816">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:b/>
-[...3 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>contacto@unillanos.edu.co</w:t>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00D30816">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES \*Arabic </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00D30816">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00D30816">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D30816">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="494205B7" w14:textId="77777777" w:rsidR="006C7DEA" w:rsidRDefault="006C7DEA">
+    <w:p w14:paraId="0574803F" w14:textId="77777777" w:rsidR="00AA54EB" w:rsidRDefault="00AA54EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70F5F2D6" w14:textId="77777777" w:rsidR="006C7DEA" w:rsidRDefault="006C7DEA">
+    <w:p w14:paraId="065F567F" w14:textId="77777777" w:rsidR="00AA54EB" w:rsidRDefault="00AA54EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="4108CDBA" w14:textId="77777777" w:rsidR="00762ABE" w:rsidRDefault="006C7DEA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4108CDBA" w14:textId="63DE4CC2" w:rsidR="00762ABE" w:rsidRDefault="00D30816">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
-      <w:pict w14:anchorId="438EB8F1">
-[...24 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438EB8F1" wp14:editId="41909CDB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-57150</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-172085</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="679450" cy="654685"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="2" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="679450" cy="654685"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:solidFill>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r w:rsidR="00762ABE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>UNIVERSIDAD DE LOS LLANOS</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="09C932DD" w14:textId="77777777" w:rsidR="00762ABE" w:rsidRDefault="00674F1E">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8984,73 +9639,73 @@
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4E0221A9" w14:textId="77777777" w:rsidR="00762ABE" w:rsidRDefault="00762ABE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                           </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t" filled="t">
+      <v:shape id="_x0000_i1114" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t" filled="t">
         <v:fill color2="black"/>
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -10831,126 +11486,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CD566A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C7E2948"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="240A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="240A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F9C00F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8AAD9FA"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11110,50 +11765,199 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A5A2C39"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="99B2DAAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B42627D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67189658"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11195,51 +11999,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21B97F33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71229092"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11281,51 +12085,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43FB4069"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8144B288"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11367,51 +12171,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="466429B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F84455C"/>
     <w:lvl w:ilvl="0" w:tplc="4E7678CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="531" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11457,51 +12261,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4851" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5571" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6291" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C312E69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34340EDE"/>
     <w:lvl w:ilvl="0" w:tplc="D54C5986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
@@ -11548,51 +12352,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55A27355"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71229092"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11634,51 +12438,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56B9320F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71229092"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11720,51 +12524,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="586846AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E30C05E2"/>
     <w:lvl w:ilvl="0" w:tplc="240A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11806,51 +12610,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A6236B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9AC70D6"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11946,51 +12750,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627C0159"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000010"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="975" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -12059,51 +12863,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B861B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E330504C"/>
     <w:lvl w:ilvl="0" w:tplc="240A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12172,51 +12976,51 @@
     <w:lvl w:ilvl="7" w:tplc="240A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="644501B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0ADCDFCE"/>
     <w:lvl w:ilvl="0" w:tplc="C31A4DCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12262,437 +13066,420 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1541816338">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1488327508">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="124977734">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1717898240">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="526332562">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1848981017">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1738672901">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1078675440">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="219679701">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1542014816">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="948397125">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1211453858">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="50734980">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2127256">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1717116431">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="224727921">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="201946036">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1979725222">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1678918111">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="218785340">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1218589756">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="718361085">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="37"/>
+  <w:num w:numId="23" w16cid:durableId="1909606359">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1471627410">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="404378250">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1276333286">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="27">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="27" w16cid:durableId="2145736711">
+    <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="28">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="28" w16cid:durableId="901255997">
+    <w:abstractNumId w:val="30"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1413817466">
     <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="421418284">
     <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31">
-    <w:abstractNumId w:val="36"/>
+  <w:num w:numId="31" w16cid:durableId="704334627">
+    <w:abstractNumId w:val="37"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="97609053">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="860515459">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="34">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="34" w16cid:durableId="1300378061">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1135372364">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="183372952">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1232083100">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="904879745">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="36">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="39" w16cid:durableId="980579186">
+    <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="37">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="40" w16cid:durableId="248931734">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="38">
-[...8 lines deleted...]
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1688948119">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1167020288">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1700201018">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="44">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="44" w16cid:durableId="1484007571">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1176698989">
     <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="50662244">
+    <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Normal"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2059"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E6D18"/>
     <w:rsid w:val="000345B6"/>
     <w:rsid w:val="00040A57"/>
     <w:rsid w:val="00041415"/>
     <w:rsid w:val="000C65A2"/>
     <w:rsid w:val="00101348"/>
     <w:rsid w:val="00123A8F"/>
     <w:rsid w:val="00127661"/>
     <w:rsid w:val="0014328B"/>
     <w:rsid w:val="00171BCC"/>
     <w:rsid w:val="001721E6"/>
     <w:rsid w:val="00181F3C"/>
     <w:rsid w:val="001A04A9"/>
     <w:rsid w:val="001A33D5"/>
     <w:rsid w:val="001B0C93"/>
     <w:rsid w:val="001C3518"/>
     <w:rsid w:val="001F629C"/>
     <w:rsid w:val="00203026"/>
     <w:rsid w:val="002172A6"/>
     <w:rsid w:val="00222C32"/>
     <w:rsid w:val="002514DF"/>
+    <w:rsid w:val="00273042"/>
     <w:rsid w:val="00282CA4"/>
     <w:rsid w:val="002A6F6A"/>
     <w:rsid w:val="002B1572"/>
     <w:rsid w:val="002D3149"/>
     <w:rsid w:val="002D3D87"/>
     <w:rsid w:val="002D5EED"/>
+    <w:rsid w:val="002F6416"/>
     <w:rsid w:val="00335877"/>
     <w:rsid w:val="003419F1"/>
     <w:rsid w:val="003B724F"/>
     <w:rsid w:val="003D2448"/>
     <w:rsid w:val="0041748B"/>
     <w:rsid w:val="004601F2"/>
     <w:rsid w:val="004641AA"/>
     <w:rsid w:val="00495C1E"/>
     <w:rsid w:val="004C2524"/>
     <w:rsid w:val="004D2DA4"/>
     <w:rsid w:val="00514103"/>
     <w:rsid w:val="00534923"/>
     <w:rsid w:val="00563B22"/>
     <w:rsid w:val="0056674B"/>
     <w:rsid w:val="005667A9"/>
     <w:rsid w:val="005818AC"/>
     <w:rsid w:val="00583A46"/>
     <w:rsid w:val="005A16EE"/>
     <w:rsid w:val="005B304C"/>
     <w:rsid w:val="005F5F41"/>
     <w:rsid w:val="00610C03"/>
     <w:rsid w:val="00613965"/>
     <w:rsid w:val="00642724"/>
     <w:rsid w:val="00655F82"/>
     <w:rsid w:val="006668E7"/>
@@ -12707,85 +13494,89 @@
     <w:rsid w:val="0075109A"/>
     <w:rsid w:val="0075388B"/>
     <w:rsid w:val="00762ABE"/>
     <w:rsid w:val="0079228B"/>
     <w:rsid w:val="00792EAB"/>
     <w:rsid w:val="007B4EE5"/>
     <w:rsid w:val="007B5217"/>
     <w:rsid w:val="007C29CC"/>
     <w:rsid w:val="007C2F7B"/>
     <w:rsid w:val="007E1916"/>
     <w:rsid w:val="007E5138"/>
     <w:rsid w:val="007F2D96"/>
     <w:rsid w:val="008351D1"/>
     <w:rsid w:val="008424DB"/>
     <w:rsid w:val="00860CDD"/>
     <w:rsid w:val="00867F49"/>
     <w:rsid w:val="0087767C"/>
     <w:rsid w:val="008C2529"/>
     <w:rsid w:val="008C6205"/>
     <w:rsid w:val="008D5D6E"/>
     <w:rsid w:val="008E0384"/>
     <w:rsid w:val="008E6D18"/>
     <w:rsid w:val="008E7508"/>
     <w:rsid w:val="008F02DF"/>
     <w:rsid w:val="008F555D"/>
+    <w:rsid w:val="00904F8C"/>
     <w:rsid w:val="009377BA"/>
     <w:rsid w:val="009539C7"/>
     <w:rsid w:val="00970DA9"/>
     <w:rsid w:val="00976788"/>
     <w:rsid w:val="00977EF8"/>
     <w:rsid w:val="009F01E3"/>
     <w:rsid w:val="009F4D9E"/>
     <w:rsid w:val="00A27C1E"/>
     <w:rsid w:val="00A5724B"/>
     <w:rsid w:val="00A77403"/>
+    <w:rsid w:val="00AA54EB"/>
     <w:rsid w:val="00AB2970"/>
     <w:rsid w:val="00B23A1E"/>
+    <w:rsid w:val="00B338CD"/>
     <w:rsid w:val="00B45042"/>
     <w:rsid w:val="00B76E71"/>
     <w:rsid w:val="00B77445"/>
     <w:rsid w:val="00BA16B0"/>
     <w:rsid w:val="00BA27C8"/>
     <w:rsid w:val="00BA6BA9"/>
     <w:rsid w:val="00BA6BCA"/>
     <w:rsid w:val="00BB2243"/>
     <w:rsid w:val="00BC242A"/>
     <w:rsid w:val="00BC37C1"/>
     <w:rsid w:val="00BD440C"/>
     <w:rsid w:val="00BD4CAF"/>
     <w:rsid w:val="00BE45F9"/>
     <w:rsid w:val="00BF6E2E"/>
     <w:rsid w:val="00C0427A"/>
     <w:rsid w:val="00C718F6"/>
     <w:rsid w:val="00C824F7"/>
     <w:rsid w:val="00C9223F"/>
     <w:rsid w:val="00CA51DB"/>
     <w:rsid w:val="00CC50CB"/>
     <w:rsid w:val="00CC5624"/>
     <w:rsid w:val="00CC7FF9"/>
     <w:rsid w:val="00CD201C"/>
+    <w:rsid w:val="00D30816"/>
     <w:rsid w:val="00D309B6"/>
     <w:rsid w:val="00D34EEB"/>
     <w:rsid w:val="00D432AA"/>
     <w:rsid w:val="00D4441B"/>
     <w:rsid w:val="00D70BCD"/>
     <w:rsid w:val="00D7792D"/>
     <w:rsid w:val="00D952D6"/>
     <w:rsid w:val="00DA3F0F"/>
     <w:rsid w:val="00DA5140"/>
     <w:rsid w:val="00DB75DB"/>
     <w:rsid w:val="00DD3581"/>
     <w:rsid w:val="00DE0C83"/>
     <w:rsid w:val="00DF6B02"/>
     <w:rsid w:val="00E005AF"/>
     <w:rsid w:val="00E17A71"/>
     <w:rsid w:val="00E23CE1"/>
     <w:rsid w:val="00E452F2"/>
     <w:rsid w:val="00E51576"/>
     <w:rsid w:val="00E56486"/>
     <w:rsid w:val="00E630D9"/>
     <w:rsid w:val="00EC4446"/>
     <w:rsid w:val="00EC7FAE"/>
     <w:rsid w:val="00EE7227"/>
     <w:rsid w:val="00EF2BF8"/>
     <w:rsid w:val="00EF7DF5"/>
@@ -12796,76 +13587,76 @@
     <w:rsid w:val="00F463A4"/>
     <w:rsid w:val="00F752B3"/>
     <w:rsid w:val="00F75665"/>
     <w:rsid w:val="00F97FCE"/>
     <w:rsid w:val="00FC1B62"/>
     <w:rsid w:val="00FC3B19"/>
     <w:rsid w:val="00FF03BA"/>
     <w:rsid w:val="00FF650A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2059"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0BE1AD5E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1225F81C-43B4-48A9-965A-41363DBF8E8C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13193,50 +13984,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
@@ -14951,51 +15747,51 @@
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00EE7227"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="292978148">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="4139215">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15453,51 +16249,51 @@
     </w:div>
     <w:div w:id="2115200352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unillanos.edu.co/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unillanos.edu.co/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -15779,76 +16575,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F920519C-A235-47F0-8D1A-DE3B2DA7352C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2155</Characters>
+  <Pages>3</Pages>
+  <Words>438</Words>
+  <Characters>2415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OOO1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2541</CharactersWithSpaces>
+  <CharactersWithSpaces>2848</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1704023</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.unillanos.edu.co/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>