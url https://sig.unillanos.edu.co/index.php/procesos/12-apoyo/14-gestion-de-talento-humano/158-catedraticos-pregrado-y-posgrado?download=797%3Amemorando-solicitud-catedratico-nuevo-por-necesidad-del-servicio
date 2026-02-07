--- v0 (2025-10-03)
+++ v1 (2026-02-07)
@@ -1,56 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="6564D194" w14:textId="77777777" w:rsidR="00047034" w:rsidRDefault="00047034" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B982B34" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="002A6F6A" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00674F1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -420,304 +422,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A6F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cordial saludo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA55DD8" w14:textId="77777777" w:rsidR="002A6F6A" w:rsidRPr="002A6F6A" w:rsidRDefault="002A6F6A" w:rsidP="002A6F6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F0DF5EC" w14:textId="7F5171BE" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00F0086E" w:rsidP="002A6F6A">
+    <w:p w14:paraId="08DD62A1" w14:textId="77777777" w:rsidR="00331029" w:rsidRDefault="00331029" w:rsidP="00331029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F0086E">
+      <w:r w:rsidRPr="00331029">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cumpliendo con la planeación académica (asignar responsabilidades a profesores de planta, ocasionales y catedráticos disponibles, revisión de perfiles en el Banco de Datos </w:t>
+        <w:t xml:space="preserve">En cumplimiento de la planeación académica (asignación de responsabilidades a profesores de planta, ocasionales y catedráticos disponibles, revisión de perfiles en el Banco de Datos y realización de convocatorias), y de acuerdo con lo establecido en el parágrafo 1 del artículo 59 del Acuerdo Superior N.º 013 de 2014, me permito informar que el Consejo de Facultad de Ciencias XXXXXX, en Sesión Extraordinaria N.º XXX del XXX de 20XX, </w:t>
       </w:r>
-      <w:r w:rsidR="00B46BD7">
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>avaló la solicitud presentada por el Director(a) de la Escuela/Departamento/Instituto XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve">y realizar convocatorias), se procede </w:t>
-[...216 lines deleted...]
-        <w:t>que a continuación se relacionan:</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A01908" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="005E58BA" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
+    <w:p w14:paraId="753DD058" w14:textId="77777777" w:rsidR="00331029" w:rsidRPr="00331029" w:rsidRDefault="00331029" w:rsidP="00331029">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="301D6C3E" w14:textId="77777777" w:rsidR="00331029" w:rsidRPr="00331029" w:rsidRDefault="00331029" w:rsidP="00331029">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Una vez verificada la hoja de vida del profesional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>XXXXXXXXXXXXXXXXXXXXXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y constatado que cumple con el perfil requerido para el área de conocimiento correspondiente (Anexar perfil específico), se aprueba su vinculación como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>docente por hora cátedra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para el desarrollo del curso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Programa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00331029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>, adscrito a la Escuela XXX de la Facultad de Ciencias XXXX, según la siguiente información:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A01908" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00331029" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="65465B52" w14:textId="7524B2D3" w:rsidR="00674F1E" w:rsidRDefault="00D6075C" w:rsidP="00B65C51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:line="140" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E58BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00674F1E" w:rsidRPr="005E58BA">
         <w:rPr>
@@ -740,108 +649,106 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="60" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="404040"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="404040"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1252"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="1232"/>
+        <w:gridCol w:w="1557"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="665"/>
+        <w:gridCol w:w="530"/>
+        <w:gridCol w:w="530"/>
+        <w:gridCol w:w="659"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="348"/>
+        <w:gridCol w:w="582"/>
+        <w:gridCol w:w="596"/>
+        <w:gridCol w:w="758"/>
       </w:tblGrid>
       <w:tr w:rsidR="00282F1F" w:rsidRPr="00282F1F" w14:paraId="64ADEF7E" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="572A491B" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C43755E" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
@@ -864,51 +771,50 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Código</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25AEFD94" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="008A741C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -929,1234 +835,1257 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tipo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EDF77FD" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Área</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E0AF84E" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Créditos o Horas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15E4A88C" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Relación</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0022BF08" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>t.d:t.i</w:t>
+              <w:t>t.d:</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>t.i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500743E9" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Grupo No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41C52FB7" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>c. e.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44C46130" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>h.d Semana</w:t>
+              <w:t>h.d</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semana</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD142E2" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>h.t. Semana</w:t>
+              <w:t>h.t</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>. Semana</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42FFA6C7" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="003F7077" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F7077">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>h.c semestre</w:t>
+              <w:t>h.c</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> semestre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00282F1F" w:rsidRPr="00282F1F" w14:paraId="70A469FD" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FC98E62" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72684F18" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="663" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26AF318C" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A0C9C01" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C9AB87" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C639BB" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36A16CB0" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D366CA" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E1B3ED4" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="264636FD" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EB85802" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3115253C" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="134246D7" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00282F1F" w:rsidRPr="00282F1F" w14:paraId="3572F673" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E82FE7A" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="326979FE" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="663" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1379DFDD" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="458DEBEA" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70A0468C" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FBF6132" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C008A36" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BC32BA9" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="496EB78E" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37848F2A" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73750A28" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C13A0CE" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="480CFDD7" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00282F1F" w:rsidRPr="00282F1F" w14:paraId="1E01CBFC" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16656F59" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C6D6D71" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="663" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D0C662A" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FB81220" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539C50A8" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2ECF20C3" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B28A99C" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41FFBE88" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B3D40B9" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47E8C077" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472C651B" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D2F886A" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7391088C" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00282F1F" w:rsidRPr="00282F1F" w14:paraId="4241165A" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9296" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45FB5664" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00282F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>TOTAL HORAS CÁTEDRA</w:t>
+              <w:t>TOTAL</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00282F1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HORAS CÁTEDRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="562E1DFB" w14:textId="77777777" w:rsidR="00282F1F" w:rsidRPr="00282F1F" w:rsidRDefault="00282F1F" w:rsidP="00A31889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -2216,147 +2145,144 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="404040"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="801"/>
         <w:gridCol w:w="1396"/>
         <w:gridCol w:w="1648"/>
         <w:gridCol w:w="1600"/>
         <w:gridCol w:w="1378"/>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="1159"/>
       </w:tblGrid>
       <w:tr w:rsidR="00674F1E" w:rsidRPr="00EE7227" w14:paraId="57F70EC3" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="205"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2962718F" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00EE7227" w:rsidRDefault="00674F1E" w:rsidP="00EE7227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>HORA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40AB44AE" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00EE7227" w:rsidRDefault="00674F1E" w:rsidP="00EE7227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>LUNES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="057696DD" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00EE7227" w:rsidRDefault="00674F1E" w:rsidP="00EE7227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MARTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="318652FC" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00EE7227" w:rsidRDefault="00674F1E" w:rsidP="00EE7227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MIERCOLES</w:t>
@@ -2374,51 +2300,50 @@
           </w:tcPr>
           <w:p w14:paraId="092A57F4" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00EE7227" w:rsidRDefault="00674F1E" w:rsidP="00EE7227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>JUEVES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="387CED47" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00EE7227" w:rsidRDefault="00674F1E" w:rsidP="00EE7227">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VIERNES</w:t>
@@ -2441,532 +2366,507 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7227">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SÁBADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00674F1E" w:rsidRPr="00674F1E" w14:paraId="6C5CFE4D" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BFE3D82" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="002A6F6A" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7-8 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238A88EF" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14B3F119" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56350F5E" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C9B6755" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00D80E16" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BA10C2C" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00674F1E" w:rsidRPr="00674F1E" w14:paraId="32B8CBA2" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4694C130" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="002A6F6A" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8-9 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C439F5" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F05EF2" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="057735D2" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49586CD7" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60544CBE" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D1110A8" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00674F1E" w:rsidRPr="00674F1E" w14:paraId="0014ABE8" w14:textId="77777777" w:rsidTr="00005835">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7668CE14" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="002A6F6A" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A6F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9-10 PM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DB6D95E" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ABDA79D" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1623" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D42247" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D33DB61" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0973ED10" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F5A239A" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34139868" w14:textId="77777777" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
-      <w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="5DAB8B92" w14:textId="77777777" w:rsidR="005E58BA" w:rsidRDefault="005E58BA" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2102A92F" w14:textId="77777777" w:rsidR="005E58BA" w:rsidRDefault="005E58BA" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ECA9F4D" w14:textId="4FD7B334" w:rsidR="00674F1E" w:rsidRPr="00674F1E" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -2984,51 +2884,71 @@
       <w:r w:rsidRPr="002A6F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">habilitado(a) como docente catedrático en el sistema </w:t>
       </w:r>
       <w:r w:rsidR="00D6075C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de información</w:t>
       </w:r>
       <w:r w:rsidRPr="002A6F6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, en la Escuela xxx de la Facultad de Ciencias XXXXXXXXXXX.</w:t>
+        <w:t xml:space="preserve">, en la Escuela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A6F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A6F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la Facultad de Ciencias XXXXXXXXXXX.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4E4C6C" w14:textId="77777777" w:rsidR="00EF7DF5" w:rsidRDefault="00EF7DF5" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CD6CA63" w14:textId="77777777" w:rsidR="00CB1DF5" w:rsidRDefault="00CB1DF5" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AF0E973" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00674F1E" w:rsidRDefault="00FC18C0" w:rsidP="00FC18C0">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -3106,50 +3026,51 @@
         <w:gridCol w:w="4502"/>
         <w:gridCol w:w="404"/>
         <w:gridCol w:w="4499"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w14:paraId="197BDEDE" w14:textId="77777777" w:rsidTr="00302E60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14149D2E" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="003332D6" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk214614220"/>
             <w:r w:rsidRPr="003332D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75DEAFA5" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="003332D6" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003332D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3186,68 +3107,95 @@
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1487608A" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="003332D6" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003332D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>XXXXXXXXXXXXXXXXXXXXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="288F389E" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="003332D6" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
+          <w:p w14:paraId="288F389E" w14:textId="22A518AD" w:rsidR="00FC18C0" w:rsidRPr="003332D6" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003332D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>VoBo. JEFE INMEDIATO</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00331029">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Director de Unidad </w:t>
+            </w:r>
+            <w:r w:rsidR="00722C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>académica</w:t>
+            </w:r>
+            <w:r w:rsidR="00331029">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w14:paraId="6242E5A7" w14:textId="77777777" w:rsidTr="00302E60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4021997B" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3326,815 +3274,1076 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="172EEFCC" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w14:paraId="265A5CEF" w14:textId="77777777" w:rsidTr="00302E60">
+      <w:tr w:rsidR="00FC18C0" w:rsidRPr="00A97E7C" w14:paraId="265A5CEF" w14:textId="77777777" w:rsidTr="00302E60">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="133D6EF5" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
+          <w:p w14:paraId="133D6EF5" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00A81C64" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36D66EDE" w14:textId="3B8551C8" w:rsidR="00FC18C0" w:rsidRPr="00474A3B" w:rsidRDefault="00FC18C0" w:rsidP="00FC18C0">
+          <w:p w14:paraId="36D66EDE" w14:textId="3B8551C8" w:rsidR="00FC18C0" w:rsidRPr="00331029" w:rsidRDefault="00FC18C0" w:rsidP="00FC18C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00474A3B">
+            <w:r w:rsidRPr="00331029">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vo. Bo. Oficina Asuntos Docentes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="215" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B680786" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
+          <w:p w14:paraId="5B680786" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00331029" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2392" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40F58775" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00C533D4" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
+          <w:p w14:paraId="40F58775" w14:textId="77777777" w:rsidR="00FC18C0" w:rsidRPr="00331029" w:rsidRDefault="00FC18C0" w:rsidP="00302E60">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="1D6AB9E8" w14:textId="77777777" w:rsidR="00EE7227" w:rsidRDefault="00EE7227" w:rsidP="00674F1E">
+    <w:p w14:paraId="1D6AB9E8" w14:textId="77777777" w:rsidR="00EE7227" w:rsidRPr="00331029" w:rsidRDefault="00EE7227" w:rsidP="00674F1E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="226AC4E3" w14:textId="6CB34FCD" w:rsidR="00613965" w:rsidRDefault="00674F1E" w:rsidP="00674F1E">
-[...60 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6940A3B0" w14:textId="77777777" w:rsidR="00331029" w:rsidRPr="000108AD" w:rsidRDefault="00331029" w:rsidP="00331029">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B62045">
+      <w:r w:rsidRPr="000108AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Nota:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62045">
+      <w:r w:rsidRPr="000108AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 1.  Si el docente es nuevo se deberá enviar a la oficina de asuntos docentes, para el respectivo visto bueno y su activación en el sistema </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62045">
+    </w:p>
+    <w:p w14:paraId="6FD47D96" w14:textId="77777777" w:rsidR="00331029" w:rsidRPr="000108AD" w:rsidRDefault="00331029" w:rsidP="00331029">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>.</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E2DDDA" w14:textId="77777777" w:rsidR="00331029" w:rsidRPr="000108AD" w:rsidRDefault="00331029" w:rsidP="00331029">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000108AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  Este documento debe ser entregado al profesor catedrático para realice el respectivo cargue en el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000108AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>link</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000108AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> asignado para el proceso de contratación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00709BFE" w14:textId="2C1CEBF1" w:rsidR="00CB1DF5" w:rsidRPr="00CB1DF5" w:rsidRDefault="00CB1DF5" w:rsidP="00CC051E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CB1DF5" w:rsidRPr="00CB1DF5">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00CB1DF5" w:rsidRPr="00CB1DF5" w:rsidSect="00A81C64">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1701" w:header="709" w:footer="454" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ADD0646" w14:textId="77777777" w:rsidR="00D7585F" w:rsidRDefault="00D7585F">
+    <w:p w14:paraId="38CEC921" w14:textId="77777777" w:rsidR="00D704D8" w:rsidRDefault="00D704D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="483173B7" w14:textId="77777777" w:rsidR="00D7585F" w:rsidRDefault="00D7585F">
+    <w:p w14:paraId="4DC5E65F" w14:textId="77777777" w:rsidR="00D704D8" w:rsidRDefault="00D704D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:panose1 w:val="05010000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans Fallback">
     <w:altName w:val="Droid Sans Fallback"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Lohit Hindi">
     <w:altName w:val="MS Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
-    <w:panose1 w:val="020B0603030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WenQuanYi Micro Hei">
     <w:altName w:val="WenQuanYi Micro Hei"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans Mono">
-    <w:panose1 w:val="020B0609030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E70026FF" w:usb1="D200F9FB" w:usb2="02000028" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="02703B31" w14:textId="45480BE5" w:rsidR="00EF7DF5" w:rsidRDefault="00FC18C0" w:rsidP="00EF7DF5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5BC3DC98" w14:textId="77777777" w:rsidR="00A97E7C" w:rsidRDefault="00A97E7C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
-      <w:jc w:val="center"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r>
-[...217 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="269B81B2" w14:textId="77777777" w:rsidR="00EF7DF5" w:rsidRDefault="00EF7DF5" w:rsidP="00EF7DF5">
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3DEE3340" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+    <w:pPr>
+      <w:spacing w:line="80" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tablaconcuadrcula"/>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7632"/>
+      <w:gridCol w:w="1773"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00A81C64" w14:paraId="42ADB325" w14:textId="77777777" w:rsidTr="00626594">
+      <w:trPr>
+        <w:trHeight w:val="1361"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4086" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="7630E14F" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00A734CF" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+          <w:pPr>
+            <w:ind w:right="48"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Kilómetro 12 Vía a Puerto López, Vereda Barcelona, Villavicencio, Meta - Colombia </w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="4C408358" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00A734CF" w:rsidRDefault="00A81C64" w:rsidP="00A97E7C">
+          <w:pPr>
+            <w:ind w:right="-408"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:val="-4"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:val="-4"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Conmutador (608) 6611623 – Campus Barcelona Ext. 1, Campus San Antonio 2, Campus </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:val="-4"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Boquemonte</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:spacing w:val="-4"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Ext. 3.</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="61FB9352" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00A734CF" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+          <w:pPr>
+            <w:ind w:right="79"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Línea gratuita 018000 918641</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0B4F8E27" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="006846B0" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+          <w:pPr>
+            <w:ind w:right="79"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:i/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink r:id="rId1">
+            <w:r w:rsidRPr="00A734CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>www.unillanos.edu.co</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">– Correo electrónico </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A734CF">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:i/>
+              <w:color w:val="0000FF"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>contacto@unillanos.edu.co</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="914" w:type="pct"/>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="060D2E16" w14:textId="20C7CEE3" w:rsidR="00A81C64" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+          <w:pPr>
+            <w:ind w:right="48"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00357F05">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:eastAsia="es-CO"/>
+            </w:rPr>
+            <mc:AlternateContent>
+              <mc:Choice Requires="wps">
+                <w:drawing>
+                  <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51AEA93A" wp14:editId="349EFB00">
+                    <wp:simplePos x="0" y="0"/>
+                    <wp:positionH relativeFrom="column">
+                      <wp:posOffset>162630</wp:posOffset>
+                    </wp:positionH>
+                    <wp:positionV relativeFrom="paragraph">
+                      <wp:posOffset>650284</wp:posOffset>
+                    </wp:positionV>
+                    <wp:extent cx="1094105" cy="210820"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:wrapNone/>
+                    <wp:docPr id="70810241" name="Cuadro de texto 2"/>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                        <wps:wsp>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="1094105" cy="210820"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln w="9525">
+                              <a:noFill/>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="4C608157" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00EF5FD7" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00EF5FD7">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                  <w:t>Campus Barcelona y</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="2D4ECD8F" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00EF5FD7" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00EF5FD7">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                                    <w:sz w:val="8"/>
+                                    <w:szCs w:val="8"/>
+                                  </w:rPr>
+                                  <w:t>San Antonio</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </a:graphicData>
+                    </a:graphic>
+                    <wp14:sizeRelH relativeFrom="margin">
+                      <wp14:pctWidth>0</wp14:pctWidth>
+                    </wp14:sizeRelH>
+                    <wp14:sizeRelV relativeFrom="margin">
+                      <wp14:pctHeight>0</wp14:pctHeight>
+                    </wp14:sizeRelV>
+                  </wp:anchor>
+                </w:drawing>
+              </mc:Choice>
+              <mc:Fallback>
+                <w:pict>
+                  <v:shapetype w14:anchorId="51AEA93A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:12.8pt;margin-top:51.2pt;width:86.15pt;height:16.6pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkHk3j9wEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEnVwjZqulp2WYS0&#10;LEgLHzB1nMbC9hjbbVK+nrHT7VZwQ+Rg2RnPm3lvntfXo9HsIH1QaBtezUrOpBXYKrtr+Pdv92+u&#10;OAsRbAsarWz4UQZ+vXn9aj24Ws6xR91KzwjEhnpwDe9jdHVRBNFLA2GGTloKdugNRDr6XdF6GAjd&#10;6GJelm+LAX3rPAoZAv29m4J8k/G7Tor4peuCjEw3nHqLefV53aa12Kyh3nlwvRKnNuAfujCgLBU9&#10;Q91BBLb36i8oo4THgF2cCTQFdp0SMnMgNlX5B5unHpzMXEic4M4yhf8HKx4PT+6rZ3F8jyMNMJMI&#10;7gHFj8As3vZgd/LGexx6CS0VrpJkxeBCfUpNUoc6JJDt8BlbGjLsI2agsfMmqUI8GaHTAI5n0eUY&#10;mUgly9WiKpecCYrNq/JqnqdSQP2c7XyIHyUaljYN9zTUjA6HhxBTN1A/X0nFLN4rrfNgtWVDw1fL&#10;+TInXESMiuQ7rUzDr8r0TU5IJD/YNidHUHraUwFtT6wT0YlyHLcjXUzst9geib/HyV/0HmjTo//F&#10;2UDeanj4uQcvOdOfLGm4qhaLZMZ8WCzfEWPmLyPbywhYQVANj5xN29uYDTxxvSGtO5VleOnk1Ct5&#10;Jqtz8ncy5eU533p5hZvfAAAA//8DAFBLAwQUAAYACAAAACEAsqj53N4AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fiysg3aNZ0QiOvQBpvELWu8tqJxqiZby7+fd4Kb7ff0&#10;/L18NbpWnLEPjScN04kCgVR621Cl4evz/eEZRIiGrGk9oYZfDLAqbm9yk1k/0AbP21gJDqGQGQ11&#10;jF0mZShrdCZMfIfE2tH3zkRe+0ra3gwc7lqZKLWQzjTEH2rT4WuN5c/25DTs1sfv/Ux9VG9u3g1+&#10;VJJcKrW+vxtfliAijvHPDFd8RoeCmQ7+RDaIVkMyX7CT7yqZgbga0qcUxIGHR5Zkkcv/FYoLAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKQeTeP3AQAAzQMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALKo+dzeAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;UQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4C608157" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00EF5FD7" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EF5FD7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                            <w:t>Campus Barcelona y</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="2D4ECD8F" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00EF5FD7" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EF5FD7">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                              <w:sz w:val="8"/>
+                              <w:szCs w:val="8"/>
+                            </w:rPr>
+                            <w:t>San Antonio</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                </w:pict>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b/>
+              <w:i/>
+              <w:noProof/>
+              <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:eastAsia="es-CO"/>
+            </w:rPr>
+            <mc:AlternateContent>
+              <mc:Choice Requires="wpg">
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="520FFC2D" wp14:editId="6B0D9C01">
+                    <wp:extent cx="958215" cy="719455"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+                    <wp:docPr id="5" name="Grupo 5"/>
+                    <wp:cNvGraphicFramePr/>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                        <wpg:wgp>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="958215" cy="719455"/>
+                              <a:chOff x="0" y="0"/>
+                              <a:chExt cx="958215" cy="719455"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="7" name="Imagen 7" descr="C:\Users\UNILLANOS\Downloads\Logos Icontec-02.png"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill rotWithShape="1">
+                              <a:blip r:embed="rId2" cstate="print">
+                                <a:biLevel thresh="75000"/>
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect l="15593" r="17268"/>
+                              <a:stretch/>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="482600" cy="719455"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                                  <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                                </a:ext>
+                              </a:extLst>
+                            </pic:spPr>
+                          </pic:pic>
+                          <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                            <pic:nvPicPr>
+                              <pic:cNvPr id="11" name="Imagen 11" descr="C:\Users\UNILLANOS\Downloads\Logos Icontec-05.png"/>
+                              <pic:cNvPicPr>
+                                <a:picLocks noChangeAspect="1"/>
+                              </pic:cNvPicPr>
+                            </pic:nvPicPr>
+                            <pic:blipFill rotWithShape="1">
+                              <a:blip r:embed="rId3" cstate="print">
+                                <a:biLevel thresh="75000"/>
+                                <a:extLst>
+                                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                  </a:ext>
+                                </a:extLst>
+                              </a:blip>
+                              <a:srcRect l="16670" r="16730"/>
+                              <a:stretch/>
+                            </pic:blipFill>
+                            <pic:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="476250" y="0"/>
+                                <a:ext cx="481965" cy="719455"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                                  <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                                </a:ext>
+                              </a:extLst>
+                            </pic:spPr>
+                          </pic:pic>
+                        </wpg:wgp>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </mc:Choice>
+              <mc:Fallback>
+                <w:pict>
+                  <v:group w14:anchorId="71D26C04" id="Grupo 5" o:spid="_x0000_s1026" style="width:75.45pt;height:56.65pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9582,7194" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA+eyjJ3wIAAKEIAAAOAAAAZHJzL2Uyb0RvYy54bWzcVl1v2jAUfZ+0/2Dl&#10;veSjJEBUqKqyVUisReuqvfBiHCexGn/INoT++107lBWYtqqbJm0PBH/l3nOPz7FzcbnlDdpQbZgU&#10;4yDuRQGigsiCiWocPHz5eDYMkLFYFLiRgo6DJ2qCy8n7dxetymkia9kUVCMIIkzeqnFQW6vyMDSk&#10;phybnlRUwGQpNccWuroKC41biM6bMImiLGylLpSWhBoDo9NuMpj4+GVJib0rS0MtasYBYLP+qf1z&#10;5Z7h5ALnlcaqZmQHA78BBcdMQNJ9qCm2GK01OwnFGdHSyNL2iOShLEtGqK8Bqomjo2putFwrX0uV&#10;t5Xa0wTUHvH05rDkdnOj1b1aaGCiVRVw4Xuulm2pufsHlGjrKXvaU0a3FhEYHKXDJE4DRGBqEI/6&#10;adpRSmrg/eQtUn/46Xvhc9LwAIpiJIffrn5ondT/a53AW3atabALwl8Vg2P9uFZnsFUKW7ZiDbNP&#10;XnawKQ6U2CwYWeiuA1QuNGIFEBEggTmofcZxRQWCfkENAdld58sHA25ZPtzO5vOr27v75VS2opG4&#10;MMu5rKRBMyKFpeQsSnpKVI5Nl8kF71JhR8VckkeDhLyusajolVEgdLCfWx0eLvfdA5yrhqmPrGmQ&#10;lvYrs/V9jRVgjb1+3eSOIoB7pLIfsNwpeCrJmlNhO0tq2gBbUpiaKRMgnVO+okCLnhUxKAWOAwv5&#10;lGbCdjnZnG5og2ytqamBvjSKvDNBDg6P06DR5DPU6Gwcp+noHMJCa5Bkw05vxmpqSf1c/3ONHXkG&#10;5I1W7SdZQF68ttKnfY28+8MkAyxH8t7LFPZCG3tDJUeuASUCRh8cb+bGOjTfl7gyhHTMwzjOG3Ew&#10;AAvdiN8uh3fXhM3saoDGP6P/GLb5wABu4A0OSP9DByR/wgFZNgBROgdkg/PdJfb7DugPsiSFuKen&#10;fH8Yj7KTU/5v28BfCnAPelft7mx30b7sQ/vll8XkGwAAAP//AwBQSwMECgAAAAAAAAAhABjVYJmt&#10;OwAArTsAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAGUAAABlAgG&#10;AAAAEsXUoAAAAAlwSFlzAAAuIwAALiMBeKU/dgAAIABJREFUeJztnX+sXOV55183rnED9b0GFFwo&#10;xr1sCAFDbWyyLnib28pIhkrgP2JkdteJu9rF1ga63q2EvYHdpipEdqSqXkEq261UJ5Y2Fu4fBjVg&#10;rdmtWwG1wm+wCZD6xjaBNRFgXwqN4yV49T1+35t33vO+Z87MPXPnzMznI03InTnnzHvOHD/f8/x4&#10;n3famTNnDAAAwGT5Ja4gAABUAYICAACVgKAAAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAA&#10;UAkICgAAVAKCAgAAlYCgAABAJSAoAABQCQgKAABUAoICAACVgKAAAEAlICgAAFAJCAoAAFQCggIA&#10;AJWAoAAAQCUgKAAAUAkICgAAVAKCAgAAlTCdywgBC4wxw/a1IPcpDAIvGmNO2teL/OJQFgRlsJln&#10;jBm1L4nHbw76BYEoL1lh2W9fR2IbAUw7c+bMwF+EAUOexxr7QkCgHSQwO+zrJFcQHAjK4CBv5OvG&#10;mK8M+oWASvm2va/wWoCk/AAwzz5J/ggxgQ7wFXtv7bD3GgwweCj9i0Jb640xf1TmDD849bE5ePwj&#10;8+SRcfPmyVPm2MlTuW1gcJg7PNNcOjzTLJ03ZObPOdfMmlk63frHxpgthMIGEwSlP1lgnxgLcySH&#10;jn9kvvviO+bJIyczMQFIIVFZOm/Y3LHgInP1nHMTW01w1BizggqxwQNB6T/klfxZ0VntevEds/XA&#10;W4gItIW8l3tG55pVCy5qtvt/tt4KDAgISn+xoyhPIiG5d++YGT/1ce4zgFYZmjk9E5a1Sy4p2vPb&#10;tqIQBgAEpT9QvmSPMeaLsbN5+si4uWvPG+RFoCPIY3loxRXmhnlDqcP/nQ2BkVfpcxCU3mfYTjaL&#10;5kvu2zuWhbcAOs26JZeY+5ePpL7lJTuBFlHpYxCU3keeyW3hWahq69YdL5MngSlFyftH11ybqgp7&#10;xHoq0KcgKL1NNGei6i2JCbkS6AbKrUhUEtVg5FT6GCY29i5rEBOoI+PWOz4U946/gqD0L3govckC&#10;mzdpyIIiJlAnCjyVcZtPYZ5Kn4Gg9CYvhkl45UwWbnkGMYFaIVF5Yf31sZzKSyyP0H8Q8uo9vh6r&#10;6MIzgTriwl8RftPey9BHICi9hevP1cA39x+jmgtqi+5N3aMR1tt7GvoEBKW32BLLm3xz/9FBvy5Q&#10;c3SPRpL0Q7Rm6S8QlN5hXqyq62t7Dw/6dYEeIXGvfoW29/0DgtI75Eot1ZvrqSPjg35doEfQvap7&#10;NkLu3obehCqv3uFkGO66bssz9OeCnkJ9v55ff3045HFyKf0BHkpvsCIUk8dfew8xgZ5D96zu3YAh&#10;vJT+AEHpDXL/2L4bDx0A1J7EvUuPrz4AQekNRv1RvnnyZ+ax/FMeQE+ge1f3cMAov17vg6DUn9Ew&#10;3PXUETqAQ2/z2GvvhuMfQlR6HwSl/uT+keGdQK+TqE7M3evQWyAo9SfX7yjxjxGgZ0jcwwhKj4Og&#10;1J8GQdFsY3p2Qa+jezgyc54Jjj0OglJ/LvNHSKkw9AuRe/kyftzeBkGpN7kntlfyT3UAPUniXs7d&#10;89A7ICj1hn9cMGhwz/cwCEqPcfD4h4N+CaBPoPy9/8gtowb1hoR8Ndw4b8hcM+c8c+nwOdl/xfw5&#10;58ZWFjRP24okxfyPnfxZZgg1MS+SAwAYaPL/egD6EInFHQsuMkvnDcfWOC/khnln55XeMDG/dG72&#10;v29acdG8IJXBIvYw6CAo0Leos+3aJRebW668MPNEqkbHXLXgouxl7HICEhcmnsKggqBA36Fw1obR&#10;yyY8i6nCiYs8F61QKGHBa4FBAkGBvqFbQhIiz+XBFVeYB059nK2lvvXAW7ltAPoRBAV6HoW2Hlg+&#10;Ym6+8oKWT+WDUx+bg8c/mki4xxia+akscT80c3pL+Rcl+O9fPmLWLrnE3LXn9VS7EYC+AUGBnkZi&#10;sn/dwmh1Voyzrf/fzYx7u4l0eUI3zhs2S+cNlfKG5LE8subabGGpu/a8QRgM+hYEBXoaeRbKVbjE&#10;eAwnIlrY6WB8dnZLODH6Zua9TDe3XHmBWbfkkqbeizyo/euuw1uBvgVBgZ7n3r1jWUgqNOguOZ5Y&#10;IbAS5G3o+HrJc7nDq/qK4byV+/aOkVuBvoOZ8tBTzI94ATLqX93zepYPMVZI7t7zhlm45ftTulSy&#10;vA6FtK7b8szEZMgUyq08tOKKxKcAvQkeCvQMevpX9ZTme8hw+yiUJU/l0uGZmVfSTRSGu3XHy1ko&#10;7IHllyfnwDhPRuMmrwL9AIICPcEDtlrKeIY4FJWp9EbK4GbQa+ypMJjeVx5m9a5Xc58B9BoICtQe&#10;eSZOTBwpUWkHVYrJizj735kNR1AY7ZXjH2YeRDsJfe2nMTphCavRVPklDwWgH0BQoNbo6V2GOIZE&#10;RYntVg29hEMJdIWk9N+yJcfGNop07VVaaQ4p70nC9Oiaa7PvU57n3r2HadMCfQWCArVGT/jKRzhD&#10;7KPEeytiIgGRt9POBEjHDXbuiZLqWsJWgla2xYrGqnPRGDSDnrwJ9BvTzpw5w49aX0aNMX/rj+62&#10;HS8P5BwGVXf5oiIxKZszkQG/Z/SyZHJ8sigstvXA25UUA+g85ZUNwm8s71Al1AG/Y4zZn9sYegLK&#10;hqEncE/3Mt5lxcSJkCrDOiUmxrZYuWd0rnlh/RcyI9kOQ9kxLssmPu5cdVUWlgPoNRAUqB0yykOR&#10;vIZEZeGWZ0qJiWauyzhPZaNIN2lROZ/Y+FPofDVWiZKxAsUcFehFyKFArZAh1hO6ktaarBjmSJrl&#10;HVwSP1Wm6yNvx7VRUcI8FWaSwfcT+c2S+KpI0ziaVaAVNbW8wX4XSXvoJYr/ZQBMMa609uo507Nw&#10;lUpqy+ZKZMS1T7OeWqrUcu1SypCJjhmf2L5Zcl8J92b5FHlQ8kiKxEmTIhEU6CXSdzPAFKMndt+z&#10;kLFV/kOeQbOn/TJioqqsr+09nPREyuLKhjVehaZcWO1p23qlqJxY5/KN5ZcXjtOhEJqEq24TNgFS&#10;IChQG1LzTcqU1zYTk040Y/RbrEjQigz/kE3chxM0m6FEfdFxAeoEggK1QE/7sRDSB3bVwyLkJaTE&#10;RLmY1bsO5XIxVdIsLCXB0RiLwlsp8FKgl6DKC2qBq3AKaTYBsKhdvEJco1uf76iYFCGRlOf0nVVX&#10;NRUTneeXE/281rXo1QB0i+K7HGAKUDgoJgpnJwymw1SuSirGITtvpUiMOolCVSmR9FHeRXkdJ3r6&#10;Oyx1lvelOTXdEkaAsiAo0HVuiYS6hGafFxFrtmisEJUVE7fiol7z55yXmwDpSotdIr6sQGkd+iJ0&#10;3FgF2+b9R2OzxzMvpYpGmACdJP+vEWCKSYV0thV4J6qWiuVchFrBl5mvogT5uiUXR0XJoc/0PXo9&#10;YFusaFzNji+xWDpvOJrbKfKeJF76PNwvJboAdYIcCnSVoWzOSd7oahGtmMF1bBi9LPeesbmIZmXB&#10;EqMX1l/fdB5IyC9arFxfysArlBWjWRuYWAJ+lvWkAOoMggJdJWUkiyqnlE+ItVRRRVeRV2NsEv+R&#10;SOfiVtC+SrTfEcn7+EjYHo+cRzNxSJ17u33CAKYKBAW6SspIpoyqKQiRaXZ6kVfjlhCuCh2rmaik&#10;Fs9KnYOx81sORRLwCqEB1BlyKNBVbowYydhTvU/s6V7eSSxU5JBwNRMTfe8rxz8yTx05mf19zZzz&#10;CnM1xoqKBCAVZtNnOm54DIX5VKWWmlX/vdfey4UCr7at7YtEE6Cb4KFA15BxjOUTXok8nTtSKywW&#10;iclQ1r33c7n3HTL41215Jkvmy8txDSNVsqz3Lt/0D1lOJ4WaWRZ1F06NLSaMDidqIfMj+SaAuoCg&#10;QNdIGceUMTUJj8bYJH4KVXPFhMvYhbokGilPwXjrwt+dKNudZSvGUih890HEqygWlLjHkzp/gDqA&#10;oEDXUEgpRtEEvqWRnIvyDUWCoNLgGK2s+misp5ESFX1HkZcSywnFCgt8FMYLaTa/BaCbICjQNWKh&#10;Kz3JF+UIYl7NkwUeTWr9EoW52umPpX1i3lCzyq2USMbOx/FmRCRTIgxQBxAU6BpzI2GolOF1xMQh&#10;9iTvSFWRpaqvypBqVpn6LpPlhT7MvWdsfidFah+AuoKgQNdodd30lMEuMryxJ/pmIbJmaN+nIzmO&#10;2Hc5UjmRon3GT/08995ULmkM0CoICvQ1sZBSUYisLE9GBCI2478ZMY8LoFdBUKBWtOM5pJ7+TcJg&#10;x578WyVWtQUw6CAoUCuKcgop2tkHAKoHQYFa0Y44xMJajpgnUUXpbczzARh0EBToa2JVY7dceWHu&#10;vVb5vUiJcCxR34xYaXARMYEEqAsICnSNouqsGKlcSVGlVCx5rlnzqYqxMmjfWAK+6HxS31eUM2qn&#10;rBqgmyAo0DViyfFmZbGxJ/SikNdjr72be098Y/nluffKklqLJSV4pkD0iubQtFpWDdBtEBToGqlw&#10;T5EhjRntov5WeqKPGW15GA816T4cQ8sOx0RP3xFrr/KLMeb3kTgWeSgxoSzyggC6DYICXSNlTGOG&#10;1BETFIWwivZRB+EYqxZc1JKoSExSTSBT3+GICUrsXBwqTogl/mPiCFAXEBToGimDOj8RHjIFkxKL&#10;FrpS/61Uwlyi8nfrrivswyUx0DYpMdHM+6K+YBpbTBxa9WgMHgrUnPxdDjCFyBiHCW5VUKWe+F0I&#10;K2xHL6OtHlupxpJqP79/3cKoYdf3a0lfhaAkcm49lmvmnJuJW6r1vbFhq6/ueT33fji2GClBNQWC&#10;QlIe6gweCnSVmMfhViZMEfMGmq1JovDarTtejib1/WNoZcV7RudmL/3/IjERWkulyMhLGGI5F3U7&#10;ToX8TKK0WeKbEkyAOoCgQFdJPaUXhaBi7eNNiTVJZPibiUpZdIzbdrycHL9DAhD7vpgoOlSUEBOy&#10;mPgC1AkEBbpKyiCnwkTGehsxUZmVLfVbnGSXqIxufSGZUymD9tUxUmMPv2/hlmca1slvVhG2NrEg&#10;WJEIAdQBBAW6ip7gH48YV4WJisqHU2uSKExVJEbGC399ederLQmLQk5asVH7FoWrQnSOCo3dZ9dg&#10;uXfv4dw2PrFwl0SoKLQGUAfS8QGAKUJP6zdHQlx6Uk8thCWDLlFRriPkwRVXZNVQzQywvlcvlRwv&#10;nTec5TsUMrt0eGbW7+ugzVkoSa8JkpM16FsPvJV9X5EYSQxj4a7UBE2AOoGgQNdRKEdzPMIKrGaV&#10;W9sOvJU0wI+uuTbzJMqIgLbRSwZ/sgzZsJuOFQuJFYmJuCcxC3/bgbdz7wHUDUJeUAu2Rgxms8qt&#10;s6GkQ7n33b4SlaIJj1UzZL9T3tYja67NRLIVUuKosNxkVpgEmCoQFKgFsSS7yZ7Y5xbmUuRZ3JcI&#10;i0lU9q+7rmlOpQoULnth/fUNc2okhpoQWVbUUt7J5sScHIC6gaBALUhVbolmlVsKL6X2NTansnPV&#10;VYUlxe2iY0oI5JGkJk2WaUSpY6S8k1joDKCOIChQG5SAj83ZUMVX0bwUY2fCF4mKwlDyIGS4qxIW&#10;eT7ygGKFAQ5VhqnCqwh5MKlj4J1AL4GgQG1QTiSWSzHWSykKfZkSojIr8ybmZsKi/EY7+RWNQaL0&#10;wvovZJ5PzKtwHLITKVNFBY5vrfhc7j2DdwI9CFVeUCvUwyuWnJYYKGz1xa3PFw5XoqK8yv0FCXGX&#10;7NdL8zueOnLSHLP/NXbOh0TACc41tp+XSotjC2vFkLBpLM2QUMaOKU+tzP4AdQJBgdpx157Xs5xE&#10;iAyvPIvU3BSHcipqU7Jz1dU5YQrR56smkvbxsFMrSAg0vjKz2iWcqxIFA/LUqOyCXoOQF9QOhXm2&#10;ReaEyFiXbT9ytsXK88kZ9Z1AM/7VkqWsmDyYKDZQqCvVbRmgziAoUEv0lH/Im5QoMSk7UdGhsJUM&#10;83VbninMrUwWCYAaRSr5XsarKBKTD2ybFoBehJAX1BYJiBLoxv7/dlufyMgrHyFvRSGmWI6mVWT4&#10;1UZF4bVWxqW8TEpMjG2HT4t66FUQFKgt49YrMYmFpWScJQ7NciqOs/2/jmYvv39Xs0W0jBUQjeHJ&#10;rPLqZNvVVzrG44neZWo8SVUX9DIICtSamJAYKyaP2smEEoay4SZHrH/X/MTCXlUbeXlLGrtf3XVf&#10;yUQ+QJ3J/+sBqDm+mBhb/aXlfWWoi9YZaUZKvCaD5q2EQjdulw1256D8ThWNKQG6DYICPUUoJg79&#10;rXXhlSCXsHS75HbITqLUXBdVrIVhOYmXew/PBPoFBAX6CrVpeX799VkCXoa8GwnudUsuycTEiZ5E&#10;RQISCgdCAv0GZcPQU7gldQ81CU/5LVaatWypAtckUi1Z7o+s7dJuqxeAXgJBgZ5DXodasMQmP/q4&#10;FivyWBQmU0VYLOk+GdS0Uu1TDm/8rUzEUtViZ1vHXJ17H6CfIOQFPYtyEErCP7Tic0lD7lAoTK8H&#10;bdPG7732njlolwkum2+RGMnLuHHesLlmzrnR0t8UH9hJlgD9DIICPY1Kehdu+X4Wblq35OJcqCmG&#10;qsLChoyH7PrxKSRG7aIqLolf0fEB+gEEBfoCPf0rBKZcRarhYhGxjr+TRRMYJSQ0eYRBAUGBvmHc&#10;tnx3LVbKeixVI49EY0BIYNBAUKDv8FusKBGvxHkr+Y52OGRn3SunQ2gLBhUEBfoazfXQSwl19e3S&#10;q5WFslK4hbmUw0FEAM6CoMBAMG67A/utWSQumqNy6fBMMzTzU9nKjDHk8WhFR1VqvWIrwxAQgDwI&#10;Cgws8i6eMnT3BagKJjYCAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAA&#10;lYCgAABAJSAoAABQCQgKAABUAoICAACVQHNIyNC6Ieq+qy66aveujroAAK2AoEC2Hvs9o3MnLsTa&#10;JZeY0a3PIyptcLYd/jkNO2rtFFZvhEEAQYFsqdyQDaOXmdW7Xs29D8Vo6WFfnE223v2xbPVIgH6H&#10;HApE110firwHAFAEggLm6SP5Rab8lQ0BAMrAYyiYr+09bHauunoi9r/twFtm64G3Wr4wSur7VJE7&#10;kKc031v/vRPL74bfYexqjnVA1/Ts+M6bWIK46pxM+LuxxDG0C4ICmQFZuOX7bV0IGaN1Sy4xN195&#10;Qe4zY0VFVWMSqbJGSonttUsuNrdceWEuwe2O+dhr75ptB95u27DKSKuyTa+rAzFxPG7XoNf4i9A1&#10;eGTNtcktlFPx8yryCG/d8XJuO4fOX9vfcuUF0XCksdegXeE3tqpPx6/ydwOYdubMmYG/CDVm1Bjz&#10;t/7wbtvxci2enmX0HlpxhbkheLpNoadrJaebGcCw4qwZ7SS8ZUg19pSxDjl0/CPz1T2vJ6vemglK&#10;SJGgyNA/sHyksrGFyBP71orPJUU0RL/bvXvHmopqOySu2+8YY/ZX/mUwJeChwMSTuo/CYCkjJaP0&#10;6JprSxs9YxP/9y8fyfa9a88buc/lMeiYZQ2dQ+Lze1dekBnoMk/SMtYqi26Fq+35dsqwVjE2nX/q&#10;93K0KlbG/m4PrrgiM/6x3w3Ah6Q8mEuHZ2aehv9KVXm1IyY+KquVd+PTrpg4nFFNjdnRjsF2+IY1&#10;REImr0MvhYpC9J77XC/lQUJk7CczNuXAis5fXtmDLXhlsf3D3w0gBA8FSjNkDVfKKCn88j1bHTZ3&#10;+JxoDuDuPW/k8h4y9Ckx8Y85NPNTZum84ei2ek/eiryIGBKClMF2OZnxUz+fGPuqwGNz7Fx1lVm4&#10;5ZkGb0iegQthxUJ28mqKwnK6rroGIQo3bT3wttn14jsT10zXVDmrMNSoXJPOL/Y9LjyZQiL3pA2j&#10;XjPn3Oxahb/bXZHfDSAkbhkAIshgxZLkMvqaBBkzOL6BVYI3DBnJeMWMt4z8XXtej+aLtM9DKz6X&#10;G4vGpyR6bB9tHyOVg5EwyQiHSetZ1vhXGf7RuEMDLjGJhbEes4UCGlt43TRBNXYuuv6xhwAJSUwo&#10;JHAak/vd7ts7Rhk5lIKQF5RCRiY2o16VUF/c+nzOKDlk4NTGRcYr5j2si3gNEijtExMGY0t69fmh&#10;SM4gzAW592JCKG8pZoCNDWNJJHdFciaxsN1kiF1XfXdRTkRCEIbXJBq3BAKoccYEW+clwYr9buNZ&#10;AcXR7Ppou3YryWDwQFCgFLHwlZ6iyzyp+yEhH4lUrGxVVUvNEuz6XNuFyHiGuYTQyBorhGUS7BLB&#10;DyJjiR2zHWLhJQllSkx9YmIY5nhi4zzr/TX/3XR9SMRDK+T9YIAIsWS0wkWTmaMQO+auFjodazsJ&#10;QyhKKhzwDXLse8pWa7nuy2H+Rces4sn9xnnDufdm2SKFZsSS8NfMOa/h75igxIQIoArydyRAhFiI&#10;Z7Jx9fmB8WvnmI9FBEVG2heUWP6gle/RtqGgxIx5VSg8FwvRlSEcV2yc5EOgUxDygraJxd8nS6se&#10;T7MxxLyTOrG04vGFFXCxijhmvkOnQFCgbWJPv9AaVYtyWKgQy/8AdAosApQi9lSrp//JhE/ejBhT&#10;5QBaaS0TyxEcjEwcrCvHIhMhVaZbVWWV8kzhnBXlmFg8DToBHgqUImbkYyW/rRCbMZ6afBjDNXgM&#10;6SVjGRPVKsN0sWs82d8NIAWCAqV48sjJ3GZ68o0Z9JChyPwIYw1/OJdCyejYrPEYsb5UdVxuVzP8&#10;U8SEWkUGYTv9FHdkK0Relvg0noBfZTsNNx93/HcDSIGgQClk/GMLcak/VNETr6rDVAL7nVVXRcUn&#10;Vr57dpZ22kiabOZ7fqa4qUFJbCzcFpby+kj8YtdV16yZqOh66vprRnuql9lTif5iun5FYuF6tul3&#10;q3thA9QHBAVKszlhrNVFWMZHBk6GSIZNRkgexP51CycqjR6w3YZ91I4lZvBkJF9Y/4XsmK5kWf/V&#10;33o/JiZuDY9uEss1yZMrEofYdXVzUSSsYcm2jiVBeNDrz6XveGH99bltTTY583DuPR1fYuF+N+3n&#10;fjcde/+66yZ+N/Uvix0XICT/SAOQQE+7mswYW6/EdSouwnXFVdsUZ3jPtjg5lBmwEIW/Hixoaujz&#10;gT1Ot4mFsIz1OOTlySPRNr7w6W8Ja5g/0vVyi3Pp/GIJ9pCYoCnspQmjMREu/7tdVXqJABhc8FCg&#10;JRRSivW3KovyCWFoRoby7km2+FCLlLok42PXR0b5BtsI89LI077GH+tNFu6fwjWTTBn8u2xfrnaR&#10;uMdCagA+CAq0zF1ZU8VjLe93yPb0iiXN9cSu1ShbnTehMJc8nm6Hunx0bdqZ/6Fr047R1zWIdSYO&#10;0e+2rY1yZOV41LI/9rsB+CAo0Baui/DjkSqiEBk8eSDqSlxk9J6yhquMQXZLCo82OWY3kOGVgY/l&#10;hooYt802JayxRH0V10CeUNnju9+tyPMB8GFN+XpT2zXlfZSwvdEmnl1FkwzQK1nX3JNtj/eWrHz2&#10;vGzRJ4Vb3DFVSRUrh42h/WIJ8VbGFDvGuM1pNMMVKrjrIrGRN1Xm+3VddQ0UbvIrxbQYlq6BjjEZ&#10;Qx87vrvGWnCs00LNmvL9B4JSb3pCUADaAUHpPwh5AQBAJSAoAABQCQgKAABUAoICAACVgKAAAEAl&#10;ICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAAlYCgAABAJSAoPc6K+RdGVwAE&#10;qBtL5qZXnIT+AEHpcX5/8cXmmT9YbP7bsnmDfimgpmit/B/fd6P5r797GT9Rn4Og9AHTf2ma+U9L&#10;LzVjG3+Lp0CoDfKc9bDzwPIRM3M6pmYQmD7oF6CfmDVzuvmbf3eteeX4h+bLu35g3mQNcOgS31l1&#10;lbn5ygvMNH6AgYLHhj5Ey7k+v/767B81wFSi8Nbx/740W1oYMRk88FD6lGl2TXb94/7W0z82f/LE&#10;kUG/JNBBJCQbRudmXjIMLvz6fY7Lr/z+4l8zm/cfM9sOvDXolwQqRDm7B1d81vzG+b/CZQVCXoOC&#10;nhyVHFXiXk+TAJNBQqKEu3J2iAk4EJQBA2GByYCQQBEIyoCCsEArICRQBnIoA44TFiVUH331XbP+&#10;0R8O+iUBDz1s/MHSXzcXnTeDywJNQVAgQ8Lyb6+bY1YtuMj8rzfeN/fuHWMeywCz5dbPmluvupCq&#10;LWgJ7hZoQFVhKjfWpLQj7//U3L3nh+bAsXEu0gCgme0PrbjC/Mu5s7L7AKBVEBSIInOiWLli5h+c&#10;+phwWB+jsNa//8KvkRuBSYOgQFNcOOzfXDfHHDz+ofkfT75p9hx8lwvXwyjJrmaNeCNQJQgKlGaa&#10;bevyl1/6vHloxSfm//zjCfPnT79FSKxHUEjrD3/7UnPTFeeTZIeOgKBAW6h7rHItermQ2J/+/Zsk&#10;8muIljb40jWfMZcMnTPolwI6DIICk8aFxPR658PT5rkf/xOeSxfxPZHPnDeDJo0wZSAoUCkKpTjP&#10;5dTHn2Ti8lfPvk3OpcMoJ/Ifb7jELPr1XyWcBV0DQYGOobDYjfOGstdffMlkZchPHRk3u178Cd7L&#10;JJEXsmbxHPO7/2K2+fxnziWxDrUAQYEpwZUh66XQ2MefnMnyLQhMOXwB+eyFn2YFRKglCAp0BT1R&#10;hwLz3j//P/OP7/7UPPbaewPfZl9zQ+TZff4zn87EBA8EegEEBWqBDKZi/3rJkKq/WCgyL739Yd95&#10;MhIL5ZucePzarHPwPqBnQVCgtoQi41CZ8k8//iQTmh+9/1Pzg5/8c63FxonGZ877ZbP412eZi2fN&#10;MBd8+pfNr86cTgUW9BUICvQcKlOeZSvKfKERZ4wx/3Tq4+z/Hz15ynxw6ufZ///7sRPmw9OfTGwn&#10;j2cyc2bClv8SDMc1c87N/t+nZ3yKUBUMFAgK9BXTrOAYO6vfEQqPQmoAUC0EawEAoBIQFAAAqAQE&#10;BQAAKgFBAQCASkBQAACgEhAUAACoBAQFAAAqAUEBAIBKQFAAAKASEBQAAKgEBAUAACoBQQEAgEpA&#10;UAAAoBIQFAAAqAQEBQAAKgFBAQCZN0DrAAAbU0lEQVSASkBQAACgEhAUAACoBAQFAAAqAUEBAIBK&#10;QFAAAKASEBQAAKiE6VxGaIdbd7zcsNc3ll9u5s85N3ekp46Mm60H3sr++8Gpjxs+u2HekLnlyguy&#10;19zhmbl9Y8f67ovvmKeOnDRvnvxZw2dXzznXLJ03bNYuubjUsQCgehAUaIunj4w37DYeiIW4a88b&#10;ZteL7+Ted+gYet23d8zcv3zErFtySW4bcfD4R+Zrew/nvtPn0PGPste2A2+Ze0bnmntGL8ttAwCd&#10;hZAXdIR7944ViknI0Mz4s81jr72XeUNFYhLyzf3HzBe3Ph8VOQDoHPF/xQCT4NjJU5mnEHLp8Dnm&#10;xnnDmaHXNvIojH3/jgUX5baXZyIvJwyVzZo53YbJzsn+/t5r700cy3HI7rtz1VW545ZB3/3Ya+82&#10;bKmx3zhvqPQxdJ4K0x08/mHD2BWai4UHi9BxFOqbzHiM/W1cuFDXnfAgVAmCApXzVMSbiIWhzgrP&#10;25lhi7F616GcmKxacJF5YPlIg0ej4+o7V+96tWH7x197L8u5xMQqhURAx4l7RMcyQdC5pMJzxh5D&#10;XpK+Oxy/Q/mjDaOXNRUEHeOb+4/mckatjMd4uSxdE0fsNwGYDIS8oHLePHkqd8i1EYOnp+MHErkT&#10;GdLQiEpMHlpxRTQ8JsP86JprMwPrI2NcFglBs/CaBEI5H3k/MeTZ6Bjy0FJiYmz+6LYdL2fnmULf&#10;cfeeN3LXITYefWcsxKfjK/yn7/LFBKATIChQObdceWHukI+1aMy2BiEzeTESnyIURgq3kTEu+90y&#10;ymHoLIXyQ8oT+cigf3XP66WPISQYMVFpVtAQIoHyRU7HXLjl+9nxWxkPwGRAUKByZNjDMJaMbygS&#10;Kfz8ikMeTswzCVF4K/RSYiG4EBng2Hc+v/568+7X/5XZv+66rDTZR17IMc8b0zmGx1Bo68EVV2TH&#10;+c6qq7JjhuPTfr53ofGGYqLrqUo4jUMv/f/wGrsQn7HeX5FnA9AJEBToCGFs3g/NNDPwByNP1ErC&#10;lyXMS7ziJcVThGNyuRqXtJZIKqQWGnFn+CUsoQjoGNpHIqfj6Bx0zLBQQNfGL2LYHITpJEASEYUG&#10;NQ699P9jIudCfLoGN3jXQeNO5aoAqgJBgY4gI6on8xCXO1B45lgk12IyQWkUABnUVqqRrgmMbCyn&#10;ExKOJZbXGcoS4I1C+aQVojCsJkP/UOT8jTX29wehue96wuTncHTuEqWYd6b3vrXicw0ej7wSJ8hK&#10;+kvUJDwvrP+CuZSKLugwCAp0DCcqYYjH2Cf70a0vlAqDtVpiG9JO6Cfl1YTejwtVhR7OhibVUxIs&#10;32PQGF2ZsY+8mqLz12dhFduTtrxYY5WoFe0PUCUICnSUO7In5IUN4RdHs4qpqogJWsjSYHwpoQs9&#10;BZczCSusyswPmT/nvIa/5VmE3lQZMQi/q6i6DKCTICjQcRSuUtimyFspEpWiMt4Y46d+3vBuGaO8&#10;KnjKl1CoSkqhKBl6eQ5Kni/c8kzDdqm8RCxEFRKG5mJcE4hOjDLfBTAVICgwZchbeWH99dmEuhCJ&#10;istDaAZ4SCxRn+LJYEZ5mfyLtgnnyigMpbLbUTuPIza3JJWXSOWHGrdpHooLZ8fHiM0/AegGCApM&#10;KS6xrURxiBOUmEcRm6sRI1ZyXLY9iSqwQk+lGS5UFnoJZUqV861UhnJhsFdKCGn4XSmRA+g0CAp0&#10;BYlGaLydgZVxvjkoE5aglHnqDycbmhZLjpXEVmguLMc1iVyMm8QZipZyMEWeQ9gJwH1fKKaaW1Ik&#10;TvLcQrFttb8XQFUgKNARZPxl6IqMalE4Jyzb/cD22Co6nuZghO1Fyk6I9FFo7u/WXWcOb/wt88ia&#10;aydeITdkHsVZAQhFS16SxhtDAnF3kDNylVoKvYUFDDpOLOTnZub7YTjtS8NH6BZk86AjqOmjcg73&#10;2s7AMrwuwSxDGOvV5Yd79JQtL8UXCBlp5TMUMtMxnVAoVCaPIEzeK2Eey9eURcfXOHRsNXv0Dbe8&#10;FX+eicvB+BMUNR5N5HSLiLnkfuhR6Fh+6a9Kjm/zFjA7K6aHMm/Ibac8kb4rvIbNypUBOgmCAh3B&#10;JcZlDMv2pAq9EhnssL+WS5Tfndu7ERnpnauunlQFVFGnX812Dz0BiZfO2x+vv4hYirDhpUQsFCeN&#10;QX/HlgVwKIRIuAu6CSEv6AitNiRU3iI0hkN2lnhsDksR8ky0Xyy534ynbJPFkU3/EO30K6GKjdUf&#10;byz/kkLHiuV4Wi0QcJ2YAboJggIdQc0QV0UaNYbI+D5i+13FcEZahjc158Ph1gZRBVm7s8PllexK&#10;rGNyte3nlRqr8cYbawLpI5HUOIuOJYFQQ8mi89ZnujaICdSB9B0PUECYpA4NuMJBzsgpd6BQkG+k&#10;VdqqnEpZwy/Dq1fsWKbN1QtjzI0YbwnDuiUX5/p4pZCoyMOQuMVWbDy72mS5xLnLv1SxYuM3ll/e&#10;UNRQJFQA7YCgQFu0Yshch9wqqPJYMc5OqjyWfXKzNeZFXkQRQ1Y8YiGt1sc1NGnBpKcXdBoEBcBj&#10;vg3BkdwGaB1yKAAerlQYAFoHQQEAgEpAUAAAoBIQFAAAqAQEBQAAKgFB6TFo/Af9AguD9R8ISo/B&#10;WhfQL4Rrv0Dvg6DUmxebje7ZH3+Qew+gjpS8V5ve81BfEJR6k1swZGkwR+IVr60HQJ0J79XwXrbk&#10;7nnoHRCU+vOSP8Iw5LXn4LvmzKBfIegJdK/6RMK3L/FL9jYISv1pCAGooV+YmP/Jh6cH/RpBzXkn&#10;uEd1D0eaUx7hd+xtEJT6k4sph61B9r3x/qBfI6g5T/2ocTXNRHub/bl3oKdAUOpP7h9Z+I/xT//+&#10;zUG/RlBz/uR/NzofCEp/gqDUH3koR/1R+uupm2x52FPmR+//dNCvE9QU3Zu6Rx2urX/AeMwbh94C&#10;QekNGp7cZkX+Qf7l9//voF8jqCnhval7N7Ka5R5+v94HQekNdoSjXLfkkoa/tx14K7eKIUC30T2p&#10;e7Po3rXk7nHoPRCU3mB/GPbS+uZhHPpf/89XB/06Qc34L3/zw4YB6Z69Or9y5FHyJ/0BgtI7fD0c&#10;6YZgjfMDx8aztccB6oDuxXDuSXjPWnL3NvQmCErvsMcmLie4Yd5Qbr3z23a8bE59/MmgXyvoMroH&#10;dS/66F69IV/dNU7+pH9AUHoHtaTYEo72geUjua6tX/rOQWbPQ9c4Y+9BH92julcjbKHdSv+AoPQW&#10;Xw9zKaqWeWjFFQ0nodDXf/jrHyAqMOXontO9p3vQR/dopLLrKOGu/gJB6T3WhyO++coLcqEvxa4R&#10;FZhKnJiEeRPdmzfn552Y2L0Mvc20M2cwOT2IYs63hcMe3fq8OXj8o4b3Vsy/0PzFlz5vpg36FYOO&#10;khKT+XPONfvXXRf76kd0e+behZ4GQelNhu2s4oaSGdX837rj5ZyoLJk7ZP76y/PNzOk4pFA9SsAr&#10;ZxKGuSQmj665NhXqWkDupP9AUHoX/YN8IRx9SlTEI2uuzc1dAZgMKg0Oq7lMsZiIhbRZ6U8QlN5m&#10;jTHmr8IzkKis3vVqdE6KvJUHV3zW/Mb5v5L7DKAs6s91954f5rwSYycv7lx1VUpMfp9Z8f0LgtL7&#10;qErmj2Jncd/eMbM1aHvhcMIy7/xfIb8CpZClOFIgJMa2Vbk/Xh4s/piqrv4GQekP9MT3ldiZPP7a&#10;e+auPW+Y8USfL62a94e/fWn2VKn/P/2XkBf4BR9/cibrFCxvV8sk+F2DfYZs+Xqimkt823rU0Mcg&#10;KP2DSjD/LHY2CoHdu3fMfPfFd3KfhUhU1A3285/5NGGxAUXhrB/85J/NY6+9lxQQH5UFa9JiIsRl&#10;8EwGBwSlv4jmVBxvnvyZ+eb+o6WEBaAZEpJ7Ri+LLeXrQ85kgEBQ+o8Fdp5KtAufscKiluISllQo&#10;DCCGQlsSkrVLLmkmJEftPBOquQYIBKU/GbZPhbnJjyHKsSg+/uSRk9FSYwCVAC+dN5zl2QpyJD6P&#10;WG+ZeSYDBoLS34xaYUl6KyFPHxk3x06eMsdO/iz3GQwOc4fPMXOHZ8a6Axdx1AoJa5sMKAjKYLDG&#10;JkVLCwtAC7gmj+RKBhwEZbBYY6vBfnPQLwRUwku2/TxCAhkIymCywIrLCrwWaJGjtuhjBwl3CEFQ&#10;YJ7NtSzwXjT8AmNXU3zReyk3coQrAykQFEgxbAUGBo8XqdCCdkBQAACgElggAwAAKgFBAQCASkBQ&#10;AACgEhAUAACoBAQFAAAqAUEBAIBKQFAAAKASEBQAAKgEBAUAACoBQQEAgEpAUAAAoBIQFAAAqAQE&#10;BQAAKgFBAQCASkBQAACgEhAUAACoBAQFAAAqAUEBAIBKQFAAAKASEBQAAKgEBAUAACoBQQEAgEpA&#10;UAAAoBKmcxkhxYydY4uMMXfal+MJvU6vHtmc2K2jzNg59rAxZqUx5vbTq0d2u++asXNstjFGny2z&#10;b7nPctt2Ycy6js8aY06cXj1yfm6DyR17gzFmkzFm7PTqkctzG/xiu5X2+uw+vXrkdu/9O+3+un7P&#10;GWPWnl498lzuAAAlwEOBKNZQPRuIibEGe9OMnWP7YvtVicYwY+fYtpKH3OaJiRjLbdHfjNjfrDRW&#10;TLZZMRESvn0zdo6N8K8C2gEPBXJ4T71i8+nVIxvdNt5ny+Qt+E+7VWKfqDd5nkZGwfc5Mbnp9OqR&#10;J3KfDgYS4O2nV4+cKHm2EpQT9po95/22en9jbmuAJuChQAM2POPE5CZfTMxZg65Q11r758oZO8eW&#10;dfsK2jHPtmGfQRUTY69BKS/Fhgh13Z5zIS77254IPD2A0iAoEOJCXJtTxvn06pHtNt5ubI6iLpR9&#10;Mu9H3O9xpxWLsoT5kkELFUKFICgQ4gRie+6TRrbbcFRXkvOQ4wkrDrNtXqQsi4LtyJ9A25BDgQls&#10;+Gq2DYMUPqlaLyUqOjYWv9IzVjJ228NKqxk7x56129xuPaNldlvjhV0UVjvjcjlhlZd3DLHIbptV&#10;UxVUhI3YsJ7vXW0Ow3vmF7mcO4MwUPR8vO03eGPaHOaBItfqTs+QJ49dAo1/n71mi4qqtZRnmbFz&#10;bMxes5X2Wm6wv3/UMwVoBh4K+DijljREzbBGfFPw5Ctj/HBBFdIGz2Avizw1V4ZXwhuG6jZYcZrA&#10;VkE9HMkpuPNZmdjeH79f4GCC7ffZz3yvoNm1SmJDlE6Iyuy/2QrIw1aIN9mwYfRBAaAZCAr4uNh7&#10;W7kIzzMZs/MZpunlVQxtSJSkjlgvYpqdJ3G+9VqM/XtazHswZ43oYmPMYvvnc3bborkeD3tP4Zfb&#10;71xsx7zIGXKbh3BCsNGdixujfX+ipDrYfru37eaIILlrtcxea/9aOWO+yYpfq7gQ5MpQ8CLXbrst&#10;sHC/t5uHUuidAqRAUKBKnIFda41Vhq0e2mgNeTivxVjR2G2Ky4InjTWwI7Ya7CZnOG1oyAnWRKjN&#10;jnd3ZBKn29YXxzu9cKGrgjNWCGPhq9S1WuuJSuxaFWLPpbSXou+WAFtBW9zNCaDQ+5BDgUqwnsdI&#10;Qenubjd/JffJJEJsLeKe+HMhHWtIp3l/53JE9hz9fIpfTZU8tn1vwluwnoe7VjEDvjmSt2mFtS50&#10;6PIjVV5EgBQICvi4UEcsLNUMt8+IjceniB17qsp93XeXDulECgxSFOWfwveKtpWYjc3YOXbCXsvZ&#10;LUxUdPsr4b7deigbEh4SQOUQ8gIfZ2ibxu71tK6kshenb2XuQ09gk/R+gcEJ6z2srWj8ncxVuEmK&#10;i9pJ8AO0Ax4KTGDbb4zZJ+ORJsnZZfY1EjwBq3HkTbmtewxrhBdZL2K7n+dIFBa0Q7PjnGjVO3FY&#10;L2UzrVRgKsFDgRCX/2iWEHafu+1d+KbOE+OSIT3rcZ2ZsXPsffuWy19s9MUktb93/jHvLnyv0BO0&#10;gjV7sqFAW0wwZsfbcoIfoFUQFAhxxnNDqk+X9/Ru3PbWm3HeTc542c7BZ+w8lW5R1C7GvecEsiiE&#10;FwshTbQ+yX0SJNdtJZa7VrGxuOPHihtaxf2e0d8SoEoQFGggKKFVjmRiUp4SxLadvD/fwk8s+3Mo&#10;Nnj7bfCMZNkEsXs6jz7Ft4OtdnLzTfa5nlfe7HZ/fO68NnjbjdjJiDnjbL2YiWMnzt3HXattvgDb&#10;6+3+jlWMtYT1UqLJf4CqQVAghzVCE3MZrGehyq33PWO3259vYRr3m21F5Yw3A3t2iy1FJsJT9jit&#10;9Kcq4navo+77dnwPR8a3ObLdYfv3xkQ4yl2PZcG55zyN4Fpt87Z34rOxqHVKi9BvDaYEBAWi2AmG&#10;ayPG8Ak7GS86AdG+vzGoYHrOGsjS1VE2hOZvX4mnYo304sBTGgvHZ7//puD8n7Az+t1T/2w/LGjn&#10;3ywO9tntzfoPxxK7Vv53VIIVSbwU6DjTzpwpmjIAAABQDjwUAACoBAQFAAAqAUEBAIBKQFAAAKAS&#10;EBQAAKgEBAUAACoBQQEAgEpAUAAAoBIQFAAAqAQEBQAAKgFBAQCASkBQAACgElgCGKBF7Pold3od&#10;kNXJd3OqNb9dE+VOb6XH7anOy3btlU3BQl3J7SP7b7It8G+PjceuBrnJW1Cs2djD8Zyw29MSH3LQ&#10;bXiAsMYhXPDphF3IaXOz9cutYVwZtJLfbA1e0frzhczYObbIGizfiD5h16fPGS67IFbZlR+fO716&#10;ZLG377MlWuHvttcj1/LdM9gx1obLBRds3zAu8wtjvy+1xHC4fWRsOq9n7Z85QWly/NjYZ9vtY9er&#10;tMjB4EDIa0CwxuZwxLg5kTlst8lhVyp81j6phtu4fWNL2TbFitSzkaVzl9lFuva1cdjJstKuVtlg&#10;eO31cddPBniaXt7aKpvc6o7B9ifc9saYy61YLvJXw3T7W2Ovz8+329/urQQZbh8SE65mx3erczaM&#10;3eKWes7WkLHbOxG5s93fHPoXBGVw2GbFQ8bkcs8YugWhZsee+oOnVLf4U7iveDglSCmsmDgjudkd&#10;NzB0ywrWod/t75N4pZ7qF8e2twb8ObeSYrCPE72N/tO8XSjL7bMysv1mt32wcJi/9O+I3Xfs9OqR&#10;m5y3aL0Mdy2SBtxe+6LPU8ffbD3U2RFRd8db67w1ex7Oa8wthQyDDYIyANhVBRfZsMlNfnhKhkLv&#10;WYM44q9vbtnmnmrtvrsT+xpPHJpiDaDbXsfd6O9jDZ0zvCv9lRE7iT2/m9zyv4GX4sYQyzc4gVnU&#10;bHt7/cfsio8jwbax5YLdWvgjodfksc2OORema3Z8b5+JY9sHCf19IhL6c8eobL1/6A8QlMHA/cOP&#10;GROHM3q+UXFPtSdSy9haJp5YCwxeiP/0Hh2XfRp2xiz59F019um9wcgGBjaWL3L5p4mw0enVI84T&#10;jG0f4q5batvc8R029LTIilp0f11LOxbyHtAxqPIaLHLGyGE9gjAB7oz47qKEvZ6gZ+wcc0n0qEGL&#10;4I69Pf9RA9vt03UuOd9hGgy4Pf9pBV+ZvLYh1jtrECfroW3MbVzu+C5PszkSpiuD8158z/XEjJ1j&#10;zitaFHgpfnUbwAR4KIOBMxQrW8xzFIVJGrDhsFJG34avZtsQXKEA2Sfr2ydTRdYmzoAnhTTAXatC&#10;IxtUqDUTU7fPolT4yYYoF9mqq7Jj9fd/2PNCw/G4v7c5z9N+34bgc4AMPJQBwHoQY9YoPet5E80E&#10;wIVhCo1kG3TquJVgDfgym8BuKqbW2BaKrzXEvvfwRJg3KsCFB2PH3mAfGFry4GbsHDsclA+vDQVJ&#10;94dXaq5KPvfRCVucgYcCDSAog8NN3hyEZTbfsalovkcbT+llqeq48riaTaTKzccoos0ncFdBt7vA&#10;yIYhq9mRUFIO681N5Jv8z22V3IitOmv1WobjWRQWD1gxiXm0sxNzWWDAIeQ1IChkpCSxNUq+8XHz&#10;Pd4fsHkF8tTOhC+vqm1jQmQbsEZ9mb2mSY9DxwrmrSyypdbJ3Ij9zHk12yPic6f1olrOL51ePRLO&#10;c9lgz8Vnnz232LyYTZHtYcDBQxkwXPLXqwy60z5xzrYG7qYyYZ6asNvOAakSN9em6RO/vYau9Hlj&#10;2TyPxmwnbDrvIyUID1txey6szrLe5UiRiJUci8KhJ6x4TIzFuz/GbGl4bPsNBWOHAQQPZUCRYZC4&#10;6EnVe+o0wVwS917L4Q3r8YQewPuTPW6FLA4mNLpwz7IyE/ZsnsX3HlpNUPvfl8Mmy5fFSrat53Kn&#10;FZpJG3T7AOEqutx43H9z52W3f8KG7aLjh8EEQQE3cc4ZrUXeXBJn+GNx9AZm7BzbVqI1iKOV48rI&#10;7et0OM56OrmqphheT6zZNv/UztwOF77Khbx0Lb2y6liFm6uSWxQJ2bn9Hrbvlb1u4Xjcf1NeV+nf&#10;EAYHBKXP0dNs4B1EsfF5ZyScMXFGpozRWGbj8FkC2cXog9f5pvG7imZ++8dd1sos/HaxwjBmzz/6&#10;fV4rmtn2+lQacvM6ExsbRqtr+LHqQg3oAxCUPsfmAsZaDE84Y+HCMiubJI9XeuGrsgbQbRe2egkp&#10;KpntBM5LSc3ZcXmNsaJci661FfLDuQ/P4o495u8T9DaLhrNsuDLXhywI3bmea7vtsffZ8aSudzge&#10;d14pwc+NHwBBGQwmuuGmztYThee82dtjdt9o40jT2BLf2CR5WQPjDPeGlNDZp/VFwfYdxRpxdw4b&#10;IuNxY11bdK7WszjhZprnNogLpcvJtDJHpSzue3LX2orMiE3AO680KfjePJ0TUyj00AMgKIOBKxVW&#10;zP3ZsNzT/u2MWfhU7MJAy8JchjVErhNxYdlsiDVcbvt9fv7Fhum2eQIYK5ntJBPdfYMcRNP+YwFO&#10;BCc6Mdtz2+c169xuGo16LglfEdvtsVfaa+v/hrnf3no2rmHoPm+mfMNM/5SHBoMJC2wNCNag7Ysl&#10;gT02x56MS+x7wnYMbtnoe60/UuRKg1tcYMvYORQnTOMCW4uLxuttly1sZb2oMmuzhAt67Yt5BVak&#10;Jzo/F2wXUjhR07ueue2aXLfcb29F5NnE7/6EX04MYPBQBgdrPN3ExjBUs9saoJyYmPy+/hOpa0h4&#10;eZFxLsKKxdpI6OQJG1bqxNN6GdzT+iJvTkY753eT9Xj867bdCpr/O3S8WsoKzOLgWj9nr3Put7fj&#10;WxzMoD9hiwUQE8iBhwIAAJWAhwIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAAlYCgAABAJSAoAABQ&#10;CQgKAABUAoICAACVgKAAAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAAUAkICgAAVAKCAgAA&#10;lYCgAABAJSAoAABQCQgKAABUAoICAACVgKAAAEAlICgAAFAJCAoAAFQCggIAAJWAoAAAQCUgKAAA&#10;UAkICgAATB5jzP8HE4ugsZDqLWoAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAHk/4UN3IAAAdyAA&#10;ABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAADUlIRFIAAACvAAAArQgGAAABsV0f&#10;6AAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAAAgDElE&#10;QVR4Xu2dCZwU1Z3Ha7p7jNFsNvuJB6JR44nGeJA1xitxvVeNSYzGuCZmdxPjJiaawzvJjgIeICoQ&#10;RAZkuqpGQMYDEMSLLHIPMMAAwzFdVT3MMMPNwAzXwDDU/n+v3uuubqqHnp7pqe6Z9/18/p939utX&#10;//rXq1dV71B6Dm1tbc1fLZpjtyclizfaPHv6eBXkJTx7+iQXIEiO59nTJ7kAUahwhfDs6eP+8bY9&#10;B+0TXWG38Ozpk1yAIDmeZ08f/Gjdlj1HFJQsPHv64EfuGgrg7ztwbucKTkd49vQZtaA+VkMvEfDs&#10;6SMKPho8e/qIgudFd9pXjVzC/MDYttd+dEp1rNY8e/pkrcY/m1DFf5qalRt3d7xgQC3cAJJIKuHZ&#10;coyAbn4e1K1lIdV8Uik1+od08yBLCNf0YW5HoQKKFL36kkCp9dugagxBXFC1whCWQYt+L+aX5BbJ&#10;jY6X8Kzpc/jw4b5eBSXLnGhjxwqngs9ILgSNzw/DKxLiZho7Mi/4pGfn2O+t3BIrDAh/pwqGvDan&#10;lrn7Dh6yW1rbuq5gCNi5rzUhrksKhnz9hfkJ4YwLBnChAndYuF1W42TJqGBWLcKrwPMGL2RpnSq4&#10;PTpV8KpNu+3NzS1266E2++H317EaC3KnxoD/9qjw7B3D684shI7qeJ4tlyizgyHN2lWgRmYG1cjN&#10;Ic2cGtKMvTy162F353vKgvBTt6CIRUryAjLhE/nlkRF0GbTxorLPCXRrTW5EMxXAi80OaPK8/ljI&#10;pa8tsr83amks3Hb4sN3nuSPzCcmoaewI7VX47JcWMI3BD9QlDfYpA+bapw2ax8LJ+SG+VhgCotv3&#10;Mf+OvQeZu4Ke1oA7nxBfK/ydEUvsi4aWM/8B6tmZ1C+FP1VlIb5ruKPSrRUGj02L2CPnb2Dh2sb9&#10;LO67dNGNmFdnlyxuYGGkjS13/Nv2HLAnVW72p8JdId1SYbxvWVzX5FmBjgjotgqnAhfboJlR+3eT&#10;q5ng2a09fK9wR/GtwjeMWRY7zbU7nYsPIA4XINyP122PxQmyXmHwr8MX87/rPLWN+7JfYdJy30te&#10;XWRHd+zjf9txhJZ5kZKUBFRzPnO16IOhcGRfsNS8PaRa7wVVY5wyes0pAc36S0AzFgd1CoMS46qM&#10;X4H2Ckh7E+EWatZLLALMskPc51BcUcjccM2xcEK6sUkZVfsvcAv06FCW5qbYLgyFzT08JJFIegRt&#10;bW2t7FaVIXS3vIgXlX0W1e5it9bOCuBFZg/8idefZyq82OzRtD/xk0RnhUzjEl50dthKD5FefyyE&#10;KpAQPtoZ8bXCP9ZX2hcMcT5UVG2KvzzZe8D5/OIlvlVYVA7v1Z6eYcTC4ARXvmTxtcIire8AZ5gJ&#10;+P64Sua/961Vsbxu8bXCj08zmB9fhkTc1t1O/svpsUrkdYtvFRbvKUBy2vurth4RJ8TXi07IHGsn&#10;ez8hwrBpd7pbfK9w8oOpVx635ISGOyLdWuH2mqt0pVsrjM8BbvBmB/ECNG/9hzkvXfDqFWkYwuAe&#10;xtDtFT5t4DzmB3D70Z1OpAsRaV4ibTiZvKxwe6c4XRlbXm+jq9ptFRZc+uoizwqlkta2w/yXtj8V&#10;TuaT6u3szTtGmQz8LGrvoa5lKnKiwh1BVtiL5ArDLq97Yynz/+a9+GAj4Z47eIH9j8gO5scogNup&#10;fyzwrcLgf95by9zLXitn7p+mRRI68rv2tdp9ku6M0iS8aGlNfdV3lF+8vQZO4rvlrgb/MH75Jjid&#10;5ozn53XPRxn8mbDNTKjf1WKf+9ICmMM5vMjsQ/8bEmPuMpCXeTGSHkpp5LRgqXFnQDUfCobX4zvd&#10;loBqPRPQzV+HNGsrsgRVYx3LSxTqln9fQDEyUymyAyHNuBLhoBq9GRUOqeZupBVqxmIWr5mlcJXi&#10;dScwV5ICOu33wSWNjWURBGn3L9zLYENUS4z+cJn/5crjmcsJatazCWGXP7vodew7RSBszA2oxhzl&#10;baM/zANxQdX8Eb6E0oHdhnBINfbBBcGwtUUJV8nvzRKJRCKR+AQ9YmzDs5F47vdD8LkAb9KpLrt5&#10;tfIfesj8NyjW64D9FKoXFD2AVzN/yUXlCoGSeTXzEzqAM/AWzuvg0pWft7MAwf9+bHn+Jl3BMGuq&#10;Y3bf6mWTzigYuKcknzpwnv36/A32xOWbEz4C/va9dfb2Pc7coY5Kr1TwuEUNbCob/Je86rwUx9v6&#10;5HxCXpldy/IcajtsN/JJWulKr1QwgIuRNsJfvNCZfXH1yAr7HD5Vb81mZ5kcMHqBMwUKnDd4AfOn&#10;I71OwSc/53yqgR9LIYSXbGR+EecWESe+W4m4VGO2vKRXW7Dwi6EuGFIocI8KaW5ptU/mU3+BiE9H&#10;eu1NDlz2mjMyYNyijSy8ZfcB+4GJq+373qqyVzQ4YznF+Lg+LsvviPRaBUPwJQysb3RmGXvJ4rpd&#10;9sBPo/aJGU5e79UK9pJbxi5n4pWWiUgFZ1l6rIJHU7dL3Lyw7JPKewtC7i1dZT/GB0u7Bfm+NsgZ&#10;eSjG1v9haiSWPnjWevuFmTWxMOSKEUuOKF9Ij1UwEONK3fFoS91xs4xG9qQG3E91wO0Kv5vkdC/p&#10;8Qo+/XlnHQ8B0j43G3nItne3JC625f49XDxsCP9q7gdilsgjU5yTIxC/FyLb4CxLj1Hw0M+dFfBy&#10;SRbX7uo5Ck5eyeFd11qG3SU4yW4wALHHKtgLLG749AzTUzkdEaxsuYuUdzR6nYK7G6ngLNPrFFy5&#10;sdmesCw+/BhvyYrLs3dieo2C0W4K9yOP5Ykenx6xV/KZ0DgBGPIvwCckzFW4h578AH43M7KD9Ym/&#10;8/f4kufu8gS9TsFitcO/fWLZn1TvYP5rR1UcMZPQrWAABYMz6Ulv8ipntS6sJ4815AW9WsF+gdeg&#10;ea9ggIPxsiC/EXXi1cxvxAHV74ovDecX6CO7TrizCFVPgA4miCPCJ/lXZ3f/o/PfPrbYp31AzcIX&#10;eLUkEknuElTNkczVLItFpCCoWoO5t0MUaOZU5nGWTCxg/t5ESDN3ME94Xb9C3RodUo1PsVA/ttZh&#10;8YQzNcx8kk0P0/kC/lr1BbG8muGspKhZ58GhuEkszKF8G+WalBJJThIYZ/yEezF38S661A+wABZB&#10;1Tc5O4sU2SGxGKogOC5yN/c68Ms/EI4sYVMGXVD7fSPcQt3YX6habGpAQLVWhTRjOvOHjQeVt8xv&#10;wi8IqOZSuEHdeINFvLn2n6hZuon584piu5AO5tGgbl6vTKjtW6CaHygjq76EtpPngIIDBZr1rDKu&#10;+iwoPaBFf4FoTMdl6QRrR+Fq1tZUCg6FzQ2ksNHwY94xxcc2cGNTfjkB1ajk3hgU9wxzw8ZcFiGR&#10;SCQSiUQikUgkvY62trZZ7NOBT9D/s8WYehSH+ZaP4SXOIrx+iZj5SVzKq5bf0IEci6PxOli/BNAJ&#10;/zKvYv6CAzm5ne0x/RLAq5ifUP37idX7c00qG5phvT/nVc0/6AbS0H9Yx9Zn7i45daAzzIpXNf9A&#10;5b0OLFek1ys31VaFmBWE+XJev0lXAK9q/oHKex1UuoLRPKkWy1hUt4spJ8I3EM5EAK9q/oHKex3U&#10;0WTlxt329iSl/vekNfY/jEb7z9PiszMh4Nsptro5mgBe1fwDlfc6qPbke2/EdzmHuJuFyobdbIcb&#10;4N5SCorHwGn379IRwKuaf6DyXgfVnoBvDXMsEQPtIMl5hGCushuvPO0J4FXNPzp6wHdpK9kBw/+U&#10;ay8xCHaTB/sPxlcpwa4Vok2Gq1d4T9ZOJYBXNf9A5b0OKpXgkn/DY1EisGC9s5tiWeVmFha/Ef5r&#10;X6+I+dMVwKuaf2RysNhzQvjh3j++Ck9SCfkwH2LMwvqEfMn+dATwquYfmRxssnIfmVJt73PdvCDV&#10;W/fYc6M7E/Il+9MRwKuaf2RysA++szbmx0wg4b91rLOb/DdedhbMcP8G7mmDnCUMRHw6AnhV84+O&#10;Huyfp8VvYut5Fwz+M19IXPsBNz7xG7HFY2TrXnshb5fTFcCrmn+g8l4H1Z64fwM+WrstIV3Ikx8a&#10;9k9di8SBE13p6QjgVc0/UHmvg2pPlm5oYgctwoIRc+vsm8YsZ0oVYC0z5NnfeqjdfWpTCeBVzT9Q&#10;ea+DOprcOnZ5wkuZ8wcvZD0EdNWw/MsP1RWxtCGz1h/Rm0hXeqVyIYJbyFq90s9+aX7GShUCeFXz&#10;D1Te66DSlf+gPm57/PWjzi2oAXhV8w9U3uugMhWswIcJ2F5pmYhUbhZFKjeL0iOVu6SuY539VOJe&#10;jS8T6ZHKHTYnPhEbm+k/RX1XdzpeymBBenfcf05abQ/4LBoLww9+VbaGhZHfa31IlHVDceILeCGA&#10;VzX/QOVTHZRwV2zcbVdsaLbfXr6ZrRAC3uALZ2iupb2rNu1m+5UDxN1R4mwve/Er5fb1pDwglnS5&#10;ksrpyz+dj1+2ifWPsYin+H8hgFc1/0Dlkw9IHBT2mwbJ8e6HB+B2IejbYm30S1+L/z6ZhqYWtlbO&#10;PaXxdxBeAnhV8w9UPtVBnUXtJUiOv+b1JcwvLE/EizxQ7sOT1x2h3O+OSrz0w4sb7GX1zQlxyQJ4&#10;VfMPVD7VQcHd3NzC/KCWL9vtRlzKQPxWKFfEz4nuZNbupj9fax15BWhGRBlCAK9q/oHKJx9QLolU&#10;bhZFKjeL0iOUiy1pkg/MT7ng5Xhbzquafwjlgs6+HuwqESs6wQ94VfMP90G4ETundJdg60h8a3OD&#10;eMCrmn+4D8KL97K8sjQejVOBdMCrmn+4D6I9cKGu2eJsBdZZwTc4d/82FcgLeFXzD/dBZELtzv32&#10;kM/X2899GrV/N7navn9CFXPxogfx+Jx+dDV60+uVm02kcrOIVG4WkcrNIr1KucmLyCO8/2B8a8au&#10;pscr9+rXK9icB+Qxt++zB810Pt0g3LjvIBtZgx6C4Jf8k45A+OEuqWuyF9U63+Z27Wu1f0+9is3N&#10;zuxNL0Q8r2r+4T4IL4Ry759YxfLh0fT9VVvY3mwC9++xs4oIw72Yf83A9zPwK9fw02++Um4/Pt2w&#10;79adTz/JiHy8qvmH+yC8EMoFmN+AvMb2vfajU1OvtC/CcCFnvbggtl8bxo2JdKz0D3q9cpEHfpEX&#10;7q1vOmPE1tKTmxt3ecJyp6zaGtsyYWNTS0KeXqtcP5HKzSJ5r9y2trZWqdwsQcqdOXxunY0FLXKJ&#10;PdTr+EnpKiwotIdXNT/BweSa9brqE+TVzE/IOmZjN5RcUfDpz89nw6KoXht4FfMbtL0YAAIFlyxu&#10;iM087y7wieeD1VvZ/9dQ14/qc4hXrWdABzQBB4oJ0hiKhAPtLsF6Ng27nNE9VA+2hnmP5PDhw7fS&#10;AX5IEulG+ZD+9we8ChKJRCKRdC2BsPmIUkYdea3mSh4VI6Ra25gnbPyQue0Qy+uiULfYo21It6aE&#10;VGM95ekZ/dq0GBc5kfsY2NUkoJrl8GMHElJKc1AzhpOMUvRqtoFnSDemhTRza1AzLVLWezzvY1Au&#10;xc9yb/+FPEHdqIFyA6XmowEtei9P6gUMn/EFejhm+5hhyxkoFtt0sTQCCnOUa97F9vdxQYrcEdKi&#10;vw+GzdtZGMpVzTKWyPcBgnKVDxqOg3JZfG8De+iQUtjLE1guKcnZLImg8OFk5ZLl7g9q0RLkI/mH&#10;E2c1sxOhGy+69/dhyiVE8yCRSCS9AbqDh7lXUcbX9EsIc1hccepNkalNfVrc7ZHXEXMotckDud/Z&#10;TFS17la06C3Mr1kvKWr1qTw+jC5f/LcG61UEw5FXRDrLk08EdVN33Ogg7KDHIomQbm7nXqVQNdjr&#10;v2A4yg6UblAHg6Xmy/ADuunN5F4G3aAquJcUGFnJPEV2QJlU90WlxDxXKSsLKsMjbJPlkB4tC+jR&#10;XzO/ajXBZZvcIRw236ZeRwv8Ac1crpRal8OfP6i13+A+UqL1M+4lSzESrWR89Vl0p29l/iL7mFDY&#10;+Iz5ieS7PVnkUrbVYlHVMUy55A/o5m+QRj2MQ6GwtYVlJEKl0YeYp2hWSPn7mq+yON47AUK5LD3f&#10;QBfJcY19cOkynsBc1RwDF9DlaMClg94WCEcfYZEgXPMV5urRKxTdvJ4ssAhBT8tFHtsuIMU7Dx1I&#10;K3X6wFROP+rKHcf8QK909sMkhHKpz/wu9bPvY5ESiUQikUgkEolEIpFIJBKJRCKRSCSZYNv2cYcP&#10;H76lra3tFZJykho22ryHQcdVT7KSZDQd750k+b9/dG+DzmMBncBpzil1lo47cKjNfnK6YffJwX20&#10;u1Kwz+FD7661t+0+wLZKFZA+NpET4CqS5Bp0cvrQSWKbK27YuT+2gGNvF2y0gVWbBXQxX8FVJvEb&#10;Oh9oaRfgxES3Z77pcm+QKau2QE1oiRvIOYarUOIX7GwQ9+jtL7gvJS4uUo6JlGQZakFm4wwM/dxZ&#10;UkhKenJneAWzXNIfG90n8QH0cbGkntcJktK+rG901iMjjuXqlHQX9OBxBjS/bY+z5KDfgnXPfjah&#10;yl5c5+wOm0w9PUQ+PcOwTxs4j70V8CqjO2WmsYPVi/TIJlhKuhFhvFt9Mt7r3lhq1/MFStyY2/ay&#10;lRGxw5iQok8se7a1k+eIs/9gm/23jy3P8rMt0nh9xA/jxR5X5bW77DOfdzZx/N3kdfYPqP+YnC8d&#10;OX/IAlaWAN2fzm4O2RGRxusjfhjvg++sYR899IrETTHRDbhj3HJmDEfjmRmmfVLSxxK30SINa9u6&#10;07Mh0nh9pDuNt7WtzV61abd9xvOJu7/e9uZylibA4nE3Fi+zT/b4kvftEUvsaWu2sXx7Wg6xnbpF&#10;Wr8hC1n5brK9Tps0Xh/pDuNFN6G5pZWd5OlkeCK+z3NzYwuxYqVFsUWmW7DR1vWjl6XcOu66UUvZ&#10;ku2Cg4fa7D9OjdgPTFzNY2z7slezZ8DSeH2kO4x3UuVmcYIT4gXzaxI3QsfWTW7EVngC7GCMLobI&#10;797YAfsJiPj3V21lcWLzhmyINF4fybbxwsgE/ejhSsSXVTqfWDfxrQAgGPCDlhN8tDbeQrsFbxwE&#10;F7rGXUzmhtpCLbg7v+D60d6by3dWpPH6SLaN92TqGgj6DJgbi9+5z+lGhPnm/JBnP3UMs2l/ayzO&#10;S+ZEG1m+udGdsbgr/+5s+g/ceQXYj94d31UijddHsm28YjcbgEWnRXxD034WJ/Znglw9soJ1LcDP&#10;qSsg4t3Sf9hilg4e5NsPQR6bHuGx3sZ785j4g11XijReH8m28UJW8zcAdTudvQYgeIgT/NTVKp4/&#10;eCGPdaim/u+8mp32yo27Y4YNruU7GEFOG+TspQVudb19eOpDk8fanm8uukKk8fpIdxjvN4aWsxMM&#10;8CZAxONNgqCirinhNxC0rHg7sbS+mW1q8fQM84g8fXlrjr71TWOWxeIvcv3nH6bE/7OrRRqvj3SH&#10;8UIuH7E41nImf8otXx//Qga8Xpm5BQPDrW3xNxJ4DedOv9zVtXhtTm1CWleLNF4f6S7jhbi7Cu7b&#10;vhB8mMDDWro8RC0zWlx3Gdb22Cgv+xrqQ7vTsiHSeH2kO403WcQOm3/6oHO3dffDWMWGJnvE3LqE&#10;9GyKNF4f8dN48V4Xn3OpDswABGPK69ncudOfnxd7vYZXbhgGed7gBWz/XvE+WNC496B9SpYeytoT&#10;abw+4qfxJssVI5bY6pKNzBiOxv+R0fz72OVZe4uQrkjj9ZFcMt58FGm8PiKNt3MijddHpPF2TqTx&#10;+khHjVdwHj04eaV3p5z14nxem8RPwt0p0nh9pKPG+6t31jA5wRU3cKb3smUYASby3DB6GU4wT4kz&#10;YdmmI97V4kHMC+x0LvLeNq6Sx8apbYx/fn7u0yiPTQTxIg8EbzQwdSiZ7aQPXBzuvF4ijddHMm15&#10;McsXU23Edv1/+Sjx0+1d6gr2UQJ+g38Nm7xqS0KeG8fEjVTErd/hfGSYRobqnsaDxVAAxvZixgTi&#10;MEtCIPJBmvmHjoffX5cQ/84KZ1zxxOWbWfj3k9exMIARi3yYW3cHXRwi3J5I4/WRzhgvpuQIvPJC&#10;3KPKTnAZoxCxdNLj0w0WFiTng4iW+2EyOoRTGa9gY1OLvWHX/iME04yQb/Vm5yPJt4Z5z9JIR6Tx&#10;+khnjBfhT9Y5Jw+DwO8oqbTPeWkB++IFxNJRT34YH654b+lKlgczHrAKI9hzIL7giUCE3ZJsvGe8&#10;EB9N5r7FD/28lsfa9jWvV7BRZ+fSf862nHHANxQ7A3i+NWxRrMxZRiP7MIJW/cM12+zI1j1pTeCU&#10;xusjHTVeDB6HiC4BBCcZI75aeN+xlW7tT0wzEgafQ+7WVtoNrjUaRi+st79GhuXOU9nQzMQdJ2R5&#10;fRNLu298fAjl2S8usKO8qzHHNTgd9Xt8WvyiAZiO9HWPfizGCLtXgKwkf6o5c8kijddHOmq8UhJF&#10;Gq+PSOPtnEjj9RFpvJ0Tabw+kmy8oxbUs5NRQf3Li13TyKU4ffu3lm6y8YgnJolK4/WRVMabDB6u&#10;8JbAfTJ7uuCh74G3VzNjTUYabw6QrvG6od+wd6W3vpmdGbl+CebaLd3QdMQiJ15I480BMjHeVOxu&#10;abWHza1jyzO5jSLXBO+YB82sYR8sMkUabw7QlcZ7NGDcI+bV2VeNXGJf8uoiu2/Se+CukAtfLmcL&#10;kDwytTr2WTobSOPNAbrTeHsS0nhzAGm8mSGNNweQxpsZ0nhzAGm8mSGNNweQxpsZ0nhzgK4w3qv5&#10;6jdidBeGICLslpUbnVFbWMXca/ws4rCrTyowewP5ksFm3mzI42C28yzjx1p8F0+sXyZ4d0XiYHgM&#10;4xTg3a7YIiAdpPHmAF1tvDBA+K8YvviIhUEA0i59rRwnm8c4IB6CergZMstZa+z7Jc5uQW6wYAni&#10;sMeFMF5MPcJiJgKk//VjMzYAfSFfFw3jkbFOBDh/yEK2/KpYeScdpPHmANloeWGYxeX1bJUbxGPd&#10;XbS4Q2c728NOXI6d/xN5fLqz5BPG63rxp2lOuuAn+ir2rhhcTK4w3l+WrSFDjA9Sx28wHQhGC7+Y&#10;PXHmC/MSVqkEd1OZ7v9oD2m8OUA2jBcGIj6xilkSmO8GxOwEtISCFdSlQBwGAqUi2XjduI0XH0KQ&#10;74npBpMTyL+52RkAj7EK+IDx4ZrtLE/JYmzaHkcab57RFcaLfdVuov6imCWB6TbuLaSmVG2x21zj&#10;Bep37WdThkT6H6dWM6PLJ6Tx5gBdYby9EWm8OQAp/RT3yXhldnzyoiQ18/j2W/NrnL2QpfH6RFtb&#10;G1uaUdzqJUcHesJaD2S0LMxVKeluSPf9cAKwxi3WVrhgSOKmJpJEsGkhjFe8uSADvpOrUuIHuO2x&#10;M0GIae01jfE3AhJni1noBW9MRItL7pNchRI/oXNRSF0Itu+U+AAAce9x1hv5oGpb7IKeynfaBGS4&#10;J3LVSXIFOinHkxHX8XPEFhlJZ9G5nigw2mFz6mJrspFemnCX4qqS5DLckD8iyXzOTB5Dxw0WkR6+&#10;zlUikUgkEolEIpFIJPlDUDXHFOqWHdKs5qBqDeDRRyWombc5rjE8qEZvVoZHvhzSre0h3dgUUq0t&#10;LFMG0G+3cW+70H8dVNS6U3kQ4SlKuKZPULOG4XgCuvVHniTpcZSVBclQmuDyGEXRjCsV3TyJ+ckN&#10;lpo3kEH0Y2GC8n+bjPyaQq3mMnJ3KaVGf0WzzkPekG4WkUGPVUqMr4VKrWv5TxSl1LqclSNAuWHz&#10;hlDYvJrHKMqMyBdYnuJ1J7iNF3nwf0pR1TE8Kgb9l0UXm6GURk5DWBgv1aNeKSoKhDRyJT2UCdbJ&#10;AdWYw0MJBFTzyaC+/noWKKv6ErVmEXjJWFaxOEIYmWh5yZjuCtHvlOKKQkpjLS+1wvvhMsqsf1aK&#10;ZoVgqAhS/klknFOUcVUXhtToByxPkR1g5Y6LnEjG18DiiIBmzObeGDBe7pqKVnuNMF6WKOn5UKv2&#10;vlISuYkHFbrVzlPC1o8DYePBgB5xbrtkEAHNegreoG4tY3FEWsarmQfhgpBqHKY8zwfVyM0IB3Tz&#10;p5Q+VdErjw+ErSUsU7jmWFbuKwu+GNKMnSyOCLguGoEwXlCgGdOpxW2WxiuRSCQSiUQikUhyiqBm&#10;WfSg9IEyqe6LoRLrt/Qg08KTlALVHEEPPg1KafR8lq6ZzYGw+QhPTqBAMz+hh69RyBfQjQeozFae&#10;xCgIR9SgahpKeO2ZPCqRsdbJVH5LQI8+wsrQovMCqrEYSfS7H1E9lyI+JvRwxtK0yMpg2LxdxFN9&#10;/0J5NyAtoEYfCKpGJYtXzcmKGvkv9hvV3EcPlPfjNR173zuy6ktKSfW1eChEXvrNAMoTRV5RrlO2&#10;pQX12ntYPBEIR55gv3FB5W2N/Ya/GZFkgWDYUpUS85s8mAAZz71B3RzDgzHoZI1X9LpzeDBGQDWL&#10;KG0jnfgwGc8dPNpBq76RjKxYKW44DhcAe+WVgF1QqFqtwiCTgfGGdHN7iC4AIfR/j7I0Ml4q85NY&#10;vG6soHqXIS2kRbcqevQK+PGfzLCSCKmRLYq25qs86KBGziZjZxeAgH67XdHNi3gwBi447iVjNp+g&#10;i2cHXYB08Rrjqd5v8iRJV4OWqUC3nuNBhxLjKnwwQAtJJ6yZxwoKyDjXKaWRL5OBvI4Wm7XaunkS&#10;nbBFPA+D8o3D6y8YBp3IRpE3FDY+C6nRzTxbDDKCWUpx1ek8yGAfEageMN5C3arg0QmwllezbuRB&#10;MjJzr6Kvv4oH45DxBrR4GVQ3je4UA3nQQbNOx51IKV1/IY9h4FgL1CQ9cdzGG6SLlC7Ar/AgXRjm&#10;Hu6VZIUiO1BIt3t8EmW35uKKQp7CCJZGby7UrBaWrlb/iEcfCZUT1KND2adilW7b46rPQjRazOQv&#10;XOgakGFO5ME4ZVXHkEGtdP4LrZZdgGhuvHaSsHfAycYLqAX8nLocT8MfCltvI3+g1HyIJYaN6wrp&#10;Vu8uK6gb4wr0yAx3HITlJ6hONdx7BG7jBXShPsPKlK2uRCKRSCQSiUQikUgkkl6Movw/wM6/nxTr&#10;Uf8AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAPmcCH7cAAAABQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81qwzAQhO+FvoPYQm+N7JqUxrUcQmh7CoX8QMhtY21sE2tlLMV23r5KLu1lmWWWmW+z+Wga&#10;0VPnassK4kkEgriwuuZSwW779fIOwnlkjY1lUnAlB/P88SHDVNuB19RvfClCCLsUFVTet6mUrqjI&#10;oJvYljh4J9sZ9GHtSqk7HEK4aeRrFL1JgzWHhgpbWlZUnDcXo+B7wGGRxJ/96nxaXg/b6c9+FZNS&#10;z0/j4gOEp9H/HcMNP6BDHpiO9sLaiUZBeMTf582bRjMQxyDiJAGZZ/I/ff4LAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrCMBCG&#10;7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYFQayD&#10;cWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LHZGVE&#10;fURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvIFuRz&#10;h+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPnsoyd8CAAChCAAADgAA&#10;AAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAGNVgma07AACtOwAA&#10;FAAAAAAAAAAAAAAAAABFBQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAeT/h&#10;Q3cgAAB3IAAAFAAAAAAAAAAAAAAAAAAkQQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAUAAYA&#10;CAAAACEA+ZwIftwAAAAFAQAADwAAAAAAAAAAAAAAAADNYQAAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAA1mIAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAcABwC+AQAA0mMAAAAA&#10;">
+                    <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                      <v:stroke joinstyle="miter"/>
+                      <v:formulas>
+                        <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                        <v:f eqn="sum @0 1 0"/>
+                        <v:f eqn="sum 0 0 @1"/>
+                        <v:f eqn="prod @2 1 2"/>
+                        <v:f eqn="prod @3 21600 pixelWidth"/>
+                        <v:f eqn="prod @3 21600 pixelHeight"/>
+                        <v:f eqn="sum @0 0 1"/>
+                        <v:f eqn="prod @6 1 2"/>
+                        <v:f eqn="prod @7 21600 pixelWidth"/>
+                        <v:f eqn="sum @8 21600 0"/>
+                        <v:f eqn="prod @7 21600 pixelHeight"/>
+                        <v:f eqn="sum @10 21600 0"/>
+                      </v:formulas>
+                      <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                      <o:lock v:ext="edit" aspectratio="t"/>
+                    </v:shapetype>
+                    <v:shape id="Imagen 7" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:4826;height:7194;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQLcSYxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvdaMHW6Kr+IcEi5c2evD4yD6TaPZtyK4xfnu3UOhxmJnfMItVb2rRUesqywom4wgE&#10;cW51xYWC0zF5/wThPLLG2jIpeJKD1XLwtsBY2wf/UJf5QgQIuxgVlN43sZQuL8mgG9uGOHgX2xr0&#10;QbaF1C0+AtzUchpFM2mw4rBQYkPbkvJbdjcKbpu6Syl9nq+HJku/012y+9omSo2G/XoOwlPv/8N/&#10;7b1W8AG/V8INkMsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJAtxJjEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                      <v:imagedata r:id="rId4" o:title="Logos Icontec-02" cropleft="10219f" cropright="11317f" grayscale="t" bilevel="t"/>
+                    </v:shape>
+                    <v:shape id="Imagen 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:4762;width:4820;height:7194;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX/EuKvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE+9CsIw&#10;EN4F3yGc4KapDkWqUUQoKE5WF7ejOdticylNrNWnN4Lgdh/f7602valFR62rLCuYTSMQxLnVFRcK&#10;Lud0sgDhPLLG2jIpeJGDzXo4WGGi7ZNP1GW+ECGEXYIKSu+bREqXl2TQTW1DHLibbQ36ANtC6haf&#10;IdzUch5FsTRYcWgosaFdSfk9exgFUXa9XPfz5h27vovv77R+HY6pUuNRv12C8NT7v/jn3uswfwbf&#10;X8IBcv0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV/xLir0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                      <v:imagedata r:id="rId5" o:title="Logos Icontec-05" cropleft="10925f" cropright="10964f" grayscale="t" bilevel="t"/>
+                    </v:shape>
+                    <w10:anchorlock/>
+                  </v:group>
+                </w:pict>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="1CBE7247" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+    <w:pPr>
+      <w:spacing w:line="20" w:lineRule="exact"/>
+      <w:ind w:right="45"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5132CD7B" w14:textId="77777777" w:rsidR="00A81C64" w:rsidRPr="00845193" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
+    <w:pPr>
+      <w:spacing w:line="80" w:lineRule="exact"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7538935B" w14:textId="28B21144" w:rsidR="00123A8F" w:rsidRDefault="00A81C64" w:rsidP="00A81C64">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Página </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
-      </w:rPr>
-      <w:t>Kilómetro 12 Vía a Puerto López, Vereda Barcelona, Villavicencio, Meta Colombia</w:t>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> de </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES \*Arabic </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00845193">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="36CB5AAA" w14:textId="77777777" w:rsidR="00EF7DF5" w:rsidRDefault="00EF7DF5" w:rsidP="00EF7DF5">
-[...25 lines deleted...]
-  <w:p w14:paraId="7538935B" w14:textId="6DBEE505" w:rsidR="00123A8F" w:rsidRPr="00EF7DF5" w:rsidRDefault="00EF7DF5" w:rsidP="00EF7DF5">
+  <w:p w14:paraId="19CEE9B2" w14:textId="77777777" w:rsidR="001034BD" w:rsidRPr="00A81C64" w:rsidRDefault="001034BD" w:rsidP="00A81C64">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r w:rsidRPr="006A1E86">
-[...84 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="07AEAF3D" w14:textId="77777777" w:rsidR="00A97E7C" w:rsidRDefault="00A97E7C">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72F7D0F5" w14:textId="77777777" w:rsidR="00D7585F" w:rsidRDefault="00D7585F">
+    <w:p w14:paraId="00B176B5" w14:textId="77777777" w:rsidR="00D704D8" w:rsidRDefault="00D704D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="429C5A2D" w14:textId="77777777" w:rsidR="00D7585F" w:rsidRDefault="00D7585F">
+    <w:p w14:paraId="78D7B2AF" w14:textId="77777777" w:rsidR="00D704D8" w:rsidRDefault="00D704D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C66231D" w14:textId="77777777" w:rsidR="00A97E7C" w:rsidRDefault="00A97E7C">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F709C8E" w14:textId="32AD558F" w:rsidR="00762ABE" w:rsidRDefault="00FC18C0">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B2A1E9F" wp14:editId="61CDE3E9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-57150</wp:posOffset>
@@ -4224,74 +4433,84 @@
   </w:p>
   <w:p w14:paraId="386260EF" w14:textId="77777777" w:rsidR="00762ABE" w:rsidRDefault="00762ABE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="312D7F20" w14:textId="77777777" w:rsidR="00762ABE" w:rsidRDefault="00762ABE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                           </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0BACE387" w14:textId="77777777" w:rsidR="00A97E7C" w:rsidRDefault="00A97E7C">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:11.25pt;height:11.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:bullet="t" filled="t">
+      <v:shape id="_x0000_i1122" type="#_x0000_t75" style="width:11.25pt;height:11.25pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:bullet="t" filled="t">
         <v:imagedata r:id="rId1" o:title="" embosscolor="white"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Ttulo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
@@ -7588,545 +7807,558 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="771977900">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1717699708">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1770006567">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="646401634">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="993484843">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="203761547">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1374114654">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1372219885">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1072118573">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="241061804">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2066373754">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="867186501">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1380546696">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1888491827">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1183783634">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1098140466">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1583444178">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2140106722">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1680037314">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1813399238">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="997420589">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1331518709">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1843428186">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="112793903">
     <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="762605823">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="280966354">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="401175572">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="591088745">
     <w:abstractNumId w:val="28"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="2899319">
     <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1386757060">
     <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="954556525">
     <w:abstractNumId w:val="34"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="354580109">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1227644357">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1360663089">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1654408356">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1634796670">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1909337347">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="98453128">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1735273819">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1542666594">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="275211779">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1666860496">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="611285580">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="1572540011">
     <w:abstractNumId w:val="40"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00172A27"/>
     <w:rsid w:val="00005835"/>
     <w:rsid w:val="000345B6"/>
     <w:rsid w:val="00040A57"/>
     <w:rsid w:val="00047034"/>
     <w:rsid w:val="00101348"/>
+    <w:rsid w:val="001034BD"/>
     <w:rsid w:val="00123A8F"/>
     <w:rsid w:val="00123C43"/>
     <w:rsid w:val="0014328B"/>
     <w:rsid w:val="00171BCC"/>
     <w:rsid w:val="001721E6"/>
     <w:rsid w:val="00172A27"/>
     <w:rsid w:val="00181F3C"/>
     <w:rsid w:val="001948B3"/>
     <w:rsid w:val="001F629C"/>
     <w:rsid w:val="00203026"/>
     <w:rsid w:val="00214C3A"/>
     <w:rsid w:val="002172A6"/>
     <w:rsid w:val="00222C32"/>
+    <w:rsid w:val="00273042"/>
     <w:rsid w:val="00282CA4"/>
     <w:rsid w:val="00282F1F"/>
     <w:rsid w:val="002A6F6A"/>
     <w:rsid w:val="002B1572"/>
     <w:rsid w:val="002B4D78"/>
     <w:rsid w:val="002D3149"/>
     <w:rsid w:val="002D5EED"/>
     <w:rsid w:val="00302C62"/>
+    <w:rsid w:val="00331029"/>
     <w:rsid w:val="00335877"/>
     <w:rsid w:val="003965B9"/>
     <w:rsid w:val="003B724F"/>
     <w:rsid w:val="003C2301"/>
     <w:rsid w:val="003D2448"/>
     <w:rsid w:val="003F7077"/>
     <w:rsid w:val="00452D0A"/>
     <w:rsid w:val="004601F2"/>
     <w:rsid w:val="004650C0"/>
     <w:rsid w:val="00495C1E"/>
     <w:rsid w:val="004C2524"/>
+    <w:rsid w:val="004E6B7C"/>
     <w:rsid w:val="004F010F"/>
     <w:rsid w:val="00514103"/>
     <w:rsid w:val="005217C0"/>
     <w:rsid w:val="00534923"/>
     <w:rsid w:val="00563B22"/>
     <w:rsid w:val="0056674B"/>
     <w:rsid w:val="005667A9"/>
     <w:rsid w:val="005818AC"/>
     <w:rsid w:val="005A16EE"/>
+    <w:rsid w:val="005E37EB"/>
     <w:rsid w:val="005E58BA"/>
     <w:rsid w:val="005F5F41"/>
     <w:rsid w:val="00613965"/>
     <w:rsid w:val="00674F1E"/>
     <w:rsid w:val="006A5FAD"/>
     <w:rsid w:val="006A6D4D"/>
     <w:rsid w:val="006F4B72"/>
+    <w:rsid w:val="00722C6D"/>
     <w:rsid w:val="00724F81"/>
     <w:rsid w:val="00740163"/>
     <w:rsid w:val="0075109A"/>
     <w:rsid w:val="0075388B"/>
     <w:rsid w:val="00762ABE"/>
+    <w:rsid w:val="00787670"/>
     <w:rsid w:val="0079228B"/>
     <w:rsid w:val="00792EAB"/>
     <w:rsid w:val="007B4EE5"/>
     <w:rsid w:val="007B5217"/>
     <w:rsid w:val="007C29CC"/>
     <w:rsid w:val="007C2F7B"/>
     <w:rsid w:val="007E1916"/>
     <w:rsid w:val="007E5138"/>
     <w:rsid w:val="007F2D96"/>
     <w:rsid w:val="00860CDD"/>
     <w:rsid w:val="00867F49"/>
     <w:rsid w:val="008A741C"/>
     <w:rsid w:val="008B5CF8"/>
     <w:rsid w:val="008C2529"/>
     <w:rsid w:val="008C6205"/>
     <w:rsid w:val="008D5D6E"/>
     <w:rsid w:val="008E0384"/>
     <w:rsid w:val="008E6D18"/>
     <w:rsid w:val="008E7508"/>
     <w:rsid w:val="008E7A2B"/>
+    <w:rsid w:val="00904F8C"/>
     <w:rsid w:val="009377BA"/>
     <w:rsid w:val="009539C7"/>
     <w:rsid w:val="00977EF8"/>
+    <w:rsid w:val="009C28F3"/>
     <w:rsid w:val="009F01E3"/>
     <w:rsid w:val="009F4D9E"/>
     <w:rsid w:val="00A27C1E"/>
     <w:rsid w:val="00A31889"/>
     <w:rsid w:val="00A5724B"/>
     <w:rsid w:val="00A77403"/>
+    <w:rsid w:val="00A81C64"/>
+    <w:rsid w:val="00A97E7C"/>
     <w:rsid w:val="00AB2970"/>
     <w:rsid w:val="00B23A1E"/>
     <w:rsid w:val="00B37871"/>
     <w:rsid w:val="00B45042"/>
     <w:rsid w:val="00B45C57"/>
     <w:rsid w:val="00B46BD7"/>
     <w:rsid w:val="00B51897"/>
     <w:rsid w:val="00BA27C8"/>
     <w:rsid w:val="00BA6BCA"/>
     <w:rsid w:val="00BC242A"/>
     <w:rsid w:val="00BC37C1"/>
     <w:rsid w:val="00BD440C"/>
     <w:rsid w:val="00BD4CAF"/>
     <w:rsid w:val="00BF6E2E"/>
     <w:rsid w:val="00C9223F"/>
     <w:rsid w:val="00CA51DB"/>
     <w:rsid w:val="00CB1DF5"/>
     <w:rsid w:val="00CC051E"/>
     <w:rsid w:val="00CC5624"/>
     <w:rsid w:val="00CC7FF9"/>
     <w:rsid w:val="00CD201C"/>
     <w:rsid w:val="00CE2479"/>
     <w:rsid w:val="00D34EEB"/>
     <w:rsid w:val="00D432AA"/>
     <w:rsid w:val="00D4441B"/>
     <w:rsid w:val="00D6075C"/>
+    <w:rsid w:val="00D704D8"/>
     <w:rsid w:val="00D70BCD"/>
     <w:rsid w:val="00D7585F"/>
     <w:rsid w:val="00D952D6"/>
     <w:rsid w:val="00DA3F0F"/>
     <w:rsid w:val="00DA5140"/>
     <w:rsid w:val="00DB75DB"/>
     <w:rsid w:val="00DD0ED6"/>
     <w:rsid w:val="00DD3581"/>
     <w:rsid w:val="00DD7508"/>
     <w:rsid w:val="00DE060E"/>
     <w:rsid w:val="00E23CE1"/>
     <w:rsid w:val="00E452F2"/>
     <w:rsid w:val="00E51576"/>
     <w:rsid w:val="00E56486"/>
     <w:rsid w:val="00E630D9"/>
     <w:rsid w:val="00E94BBA"/>
     <w:rsid w:val="00EE7227"/>
     <w:rsid w:val="00EF2BF8"/>
     <w:rsid w:val="00EF7DF5"/>
     <w:rsid w:val="00F0086E"/>
     <w:rsid w:val="00F126A5"/>
     <w:rsid w:val="00F17005"/>
     <w:rsid w:val="00F463A4"/>
     <w:rsid w:val="00F752B3"/>
     <w:rsid w:val="00F75665"/>
     <w:rsid w:val="00FC18C0"/>
     <w:rsid w:val="00FC1B62"/>
     <w:rsid w:val="00FF03BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E66CD55"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8C59225A-EF27-42B7-BCCF-76653237BBC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8237,51 +8469,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -8454,50 +8686,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
@@ -9641,50 +9878,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="negro1">
     <w:name w:val="negro1"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="17"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CarCar">
     <w:name w:val="Car Car"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Vietas">
     <w:name w:val="Viñetas"/>
     <w:rPr>
       <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Carcterdenumeracin">
     <w:name w:val="Carácter de numeración"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
@@ -10043,50 +10281,51 @@
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="Lohit Hindi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Listaconvietas21">
     <w:name w:val="Lista con viñetas 21"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="280" w:after="280"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textoindependiente21">
     <w:name w:val="Texto independiente 21"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textoindependiente31">
     <w:name w:val="Texto independiente 31"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="both"/>
@@ -10445,106 +10684,107 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="gd">
     <w:name w:val="gd"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="go">
     <w:name w:val="go"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textocomentario"/>
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unillanos.edu.co/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
@@ -10826,69 +11066,69 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <mcd:customData xmlns="http://www.wps.cn/android/officeDocument/2013/mofficeCustomData" xmlns:mcd="http://www.wps.cn/android/officeDocument/2013/mofficeCustomData" version="2">
   <mcd:comments/>
 </mcd:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F7A1ED0-C27A-430D-BBB3-AB29947FBC57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/android/officeDocument/2013/mofficeCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>329</Words>
-  <Characters>1815</Characters>
+  <Words>351</Words>
+  <Characters>1933</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OOO1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2140</CharactersWithSpaces>
+  <CharactersWithSpaces>2280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OOO1</dc:title>
   <dc:subject/>
   <dc:creator>SECRETARÍA GENERAL</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>